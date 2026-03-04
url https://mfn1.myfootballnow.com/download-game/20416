--- v0 (2025-11-17)
+++ v1 (2026-03-04)
@@ -308,81 +308,81 @@
   <si>
     <t>#59 Steven Jung - WLB</t>
   </si>
   <si>
     <t>#39 Ryan Lane - CB</t>
   </si>
   <si>
     <t>#55 Dennis Goodman - MLB</t>
   </si>
   <si>
     <t>#20 Johnny Pace - SS</t>
   </si>
   <si>
     <t>#31 Jason Forrester - CB</t>
   </si>
   <si>
     <t>#93 Trenton Larsen - RDE</t>
   </si>
   <si>
     <t>#57 Zane Hall - MLB</t>
   </si>
   <si>
     <t>#24 Andre Bolden - FS</t>
   </si>
   <si>
-    <t>#97 Robert McCullough - DT</t>
+    <t>#64 Robert McCullough - LDE</t>
   </si>
   <si>
     <t>#29 Robert Eaton - CB</t>
   </si>
   <si>
-    <t>#10 Mark Graham - K</t>
+    <t>#13 Mark Graham - K</t>
   </si>
   <si>
     <t>NYN</t>
   </si>
   <si>
     <t>NYN 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-NYN 25 (15:00) 30-Troy Rivers ran to PHI 44 for 31 yards. Tackle by 44-Marvin Kuhn.</t>
   </si>
   <si>
     <t>#9 Thomas Parsley - QB</t>
   </si>
   <si>
     <t>#30 Troy Rivers - WR</t>
   </si>
   <si>
-    <t>#36 Christopher Fry - RB</t>
+    <t>#49 Christopher Fry - RB</t>
   </si>
   <si>
     <t>#18 Frank Davis - WR</t>
   </si>
   <si>
     <t>#86 Jason Roth - TE</t>
   </si>
   <si>
     <t>#74 Ronald Cantrell - LT</t>
   </si>
   <si>
     <t>#62 Landon Everhart - LG</t>
   </si>
   <si>
     <t>#65 Joshua Hawkins - C</t>
   </si>
   <si>
     <t>#67 David Graham - RG</t>
   </si>
   <si>
     <t>#78 Chad Clifton - RT</t>
   </si>
   <si>
     <t>#90 Derek Hassler - LDE</t>
   </si>
@@ -410,51 +410,51 @@
   <si>
     <t>#29 Ernest Sievert - CB</t>
   </si>
   <si>
     <t>#44 Marvin Kuhn - CB</t>
   </si>
   <si>
     <t>#42 Fred Rice - SS</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>PHI 44</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-PHI 44 (14:14) 35-Vicente Degnan ran to PHI 36 for 8 yards. Tackle by 29-Ernest Sievert. NYN 65-Joshua Hawkins was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#64 Mike Roberts - C</t>
   </si>
   <si>
-    <t>#97 John Babich - WLB</t>
+    <t>#78 John Babich - LDE</t>
   </si>
   <si>
     <t>#37 Donald Derosier - CB</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>PHI 36</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>2-2-PHI 36 (13:36) 36-Christopher Fry ran to PHI 36 for a short loss. Tackle by 52-Ronnie Inman.</t>
   </si>
   <si>
     <t>#17 Brandon Saldana - WR</t>
   </si>
   <si>
     <t>#13 Larry Thomas - WR</t>
   </si>
@@ -536,75 +536,75 @@
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-PHI 25 (12:54) 47-Timothy Villarreal ran to PHI 26 for 1 yards. Tackle by 31-Jason Forrester.</t>
   </si>
   <si>
     <t>#14 Jason Nevels - QB</t>
   </si>
   <si>
     <t>#47 Timothy Villarreal - RB</t>
   </si>
   <si>
     <t>#34 James McGahey - RB</t>
   </si>
   <si>
     <t>#25 James Donovan - FB</t>
   </si>
   <si>
     <t>#82 John Vickers - TE</t>
   </si>
   <si>
     <t>#83 Timothy Moore - TE</t>
   </si>
   <si>
-    <t>#77 Douglas Landry - RT</t>
+    <t>#67 Douglas Landry - RT</t>
   </si>
   <si>
     <t>#51 Nelson Devore - RG</t>
   </si>
   <si>
     <t>#53 Thomas Moore - C</t>
   </si>
   <si>
     <t>#70 Clinton Kaczor - RG</t>
   </si>
   <si>
     <t>#66 Darren Alexander - RT</t>
   </si>
   <si>
     <t>#94 John Herzog - LDE</t>
   </si>
   <si>
     <t>#99 Andrew Ray - LDE</t>
   </si>
   <si>
-    <t>#91 Kyle Connor - DT</t>
-[...2 lines deleted...]
-    <t>#58 Noah McBee - SLB</t>
+    <t>#69 Kyle Connor - DT</t>
+  </si>
+  <si>
+    <t>#95 Noah McBee - SLB</t>
   </si>
   <si>
     <t>#21 Antonio Cromartie - CB</t>
   </si>
   <si>
     <t>12:11</t>
   </si>
   <si>
     <t>PHI 26</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>2-9-PHI 26 (12:10) 14-Jason Nevels pass complete to 47-Timothy Villarreal to PHI 30 for 3 yards. Tackle by 59-Steven Jung.</t>
   </si>
   <si>
     <t>#15 Cody Schmidt - WR</t>
   </si>
   <si>
     <t>#85 Enrique Jones - WR</t>
   </si>
@@ -629,51 +629,51 @@
   <si>
     <t>10:45</t>
   </si>
   <si>
     <t>PHI 21</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-14-PHI 21 (10:44) 15-Aaron Moore punts 43 yards to NYN 37. 13-Larry Thomas to NYN 46 for 9 yards.</t>
   </si>
   <si>
     <t>#15 Aaron Moore - P</t>
   </si>
   <si>
     <t>#67 Curtis Davis - RT</t>
   </si>
   <si>
     <t>#71 Gregory Martinez - RG</t>
   </si>
   <si>
-    <t>#60 Jordan Su - C</t>
+    <t>#57 Jordan Su - C</t>
   </si>
   <si>
     <t>10:35</t>
   </si>
   <si>
     <t>NYN 46</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-NYN 46 (10:36) 30-Troy Rivers ran to PHI 42 for 12 yards. Tackle by 39-Robert Credle.</t>
   </si>
   <si>
     <t>#19 Danny Ware - WR</t>
   </si>
   <si>
     <t>10:01</t>
   </si>
   <si>
     <t>PHI 42</t>
   </si>
@@ -881,51 +881,51 @@
   <si>
     <t>NYN 48</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>3-4 Normal 4 Deep Zone</t>
   </si>
   <si>
     <t>2-8-NYN 48 (1:45) 9-Thomas Parsley pass complete to 17-Brandon Saldana to PHI 46 for 6 yards. Tackle by 52-Ronnie Inman. 35-Vicente Degnan was completely beat on that play.</t>
   </si>
   <si>
     <t>1:00</t>
   </si>
   <si>
     <t>PHI 46</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>3-2-PHI 46 (0:59) 36-Christopher Fry ran to PHI 36 for 10 yards. Tackle by 39-Robert Credle.</t>
   </si>
   <si>
-    <t>#16 Charles Best - WR</t>
+    <t>#17 Charles Best - WR</t>
   </si>
   <si>
     <t>0:24</t>
   </si>
   <si>
     <t>1-10-PHI 36 (0:23) 30-Troy Rivers ran to PHI 17 for 18 yards. Tackle by 39-Robert Credle.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>PHI 17</t>
   </si>
   <si>
     <t>1-10-PHI 17 (15:00) 35-Vicente Degnan ran to PHI 20 for -3 yards. Tackle by 37-Donald Derosier.</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>PHI 20</t>
   </si>
@@ -2322,98 +2322,98 @@
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="351.486" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="34.135" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>