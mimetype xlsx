--- v0 (2025-11-17)
+++ v1 (2026-03-04)
@@ -290,51 +290,51 @@
   <si>
     <t>NOS</t>
   </si>
   <si>
     <t>NOS 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Thomas Spielman kicks 70 yards from NOS 35 to TBY -5. Touchback.</t>
   </si>
   <si>
     <t>#15 Erik Acord - WR</t>
   </si>
   <si>
     <t>#67 Carlos Medina - RT</t>
   </si>
   <si>
     <t>#96 John Jackson - DT</t>
   </si>
   <si>
-    <t>#32 Charlie Ramirez - FS</t>
+    <t>#26 Charlie Ramirez - FS</t>
   </si>
   <si>
     <t>#24 Robert Barton - CB</t>
   </si>
   <si>
     <t>#53 Anthony Sipple - MLB</t>
   </si>
   <si>
     <t>#18 Sean Byerly - WR</t>
   </si>
   <si>
     <t>#90 Darrell Toller - MLB</t>
   </si>
   <si>
     <t>#65 John Thomas - DT</t>
   </si>
   <si>
     <t>#23 Christian Chun - RB</t>
   </si>
   <si>
     <t>#62 Willie Walker - RDE</t>
   </si>
   <si>
     <t>#3 Thomas Spielman - K</t>
   </si>
@@ -359,51 +359,51 @@
   <si>
     <t>#81 Michael Springer - TE</t>
   </si>
   <si>
     <t>#84 Miguel Estep - WR</t>
   </si>
   <si>
     <t>#12 Paul McMillan - WR</t>
   </si>
   <si>
     <t>#66 Jonathan Haynes - LT</t>
   </si>
   <si>
     <t>#70 Keith Bullins - LG</t>
   </si>
   <si>
     <t>#75 Martin Carney - C</t>
   </si>
   <si>
     <t>#77 Leon Oshea - RG</t>
   </si>
   <si>
     <t>#67 Tracy Killian - LDE</t>
   </si>
   <si>
-    <t>#98 Norman Muff - DT</t>
+    <t>#68 Norman Muff - DT</t>
   </si>
   <si>
     <t>#99 James Gupta - DT</t>
   </si>
   <si>
     <t>#51 Larry Hawthorne - LDE</t>
   </si>
   <si>
     <t>#95 Joe Green - SLB</t>
   </si>
   <si>
     <t>#92 Mark Parker - MLB</t>
   </si>
   <si>
     <t>#97 John Hemphill - WLB</t>
   </si>
   <si>
     <t>#44 Clay Briggs - CB</t>
   </si>
   <si>
     <t>#33 Fredrick Jackson - CB</t>
   </si>
   <si>
     <t>#20 Gary William - FS</t>
   </si>
@@ -647,51 +647,51 @@
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-TBY 0 (10:02) 23-Christian Chun ran for -2 yards. Tackle by 97-John Hemphill. SAFETY! (97-John Hemphill) NOS 2 TBY 0</t>
   </si>
   <si>
     <t>#98 Mark Roberts - MLB</t>
   </si>
   <si>
     <t>9:59</t>
   </si>
   <si>
     <t>TBY 20</t>
   </si>
   <si>
     <t>(10:00) 13-Thomas Bennett kicks 76 yards from TBY 20 to NOS 4. 39-Michael Buhl to NOS 35 for 32 yards. Tackle by 18-Sean Byerly.</t>
   </si>
   <si>
     <t>#44 Willian Tucker - SS</t>
   </si>
   <si>
-    <t>#13 Thomas Bennett - K</t>
+    <t>#7 Thomas Bennett - K</t>
   </si>
   <si>
     <t>9:55</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-NOS 35 (9:56) 2-Martin Newsome pass complete to 84-Charles Uresti to NOS 45 for 10 yards. Tackle by 30-Brian Cobb.</t>
   </si>
   <si>
     <t>#94 Jeffrey Mitchell - DT</t>
   </si>
   <si>
     <t>#56 Jesse Holmes - DT</t>
   </si>
   <si>
     <t>#30 Brian Cobb - CB</t>
   </si>
   <si>
     <t>9:23</t>
   </si>