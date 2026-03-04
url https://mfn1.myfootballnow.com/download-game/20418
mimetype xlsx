--- v0 (2025-11-17)
+++ v1 (2026-03-04)
@@ -305,138 +305,138 @@
   <si>
     <t>#19 Floyd Treat - WR</t>
   </si>
   <si>
     <t>#23 Kenneth Well - CB</t>
   </si>
   <si>
     <t>#35 John Reynolds - SS</t>
   </si>
   <si>
     <t>#26 Charles Wells - CB</t>
   </si>
   <si>
     <t>#18 Douglas Williams - WR</t>
   </si>
   <si>
     <t>#50 Curt Price - MLB</t>
   </si>
   <si>
     <t>#24 Harold Harrison - CB</t>
   </si>
   <si>
     <t>#92 Edward Butler - MLB</t>
   </si>
   <si>
-    <t>#78 Norman Pettaway - RDE</t>
+    <t>#90 Norman Pettaway - DT</t>
   </si>
   <si>
     <t>#27 Gary Morse - CB</t>
   </si>
   <si>
     <t>#79 Philip Cottrell - RDE</t>
   </si>
   <si>
     <t>#16 William Abraham - K</t>
   </si>
   <si>
     <t>OAK</t>
   </si>
   <si>
     <t>OAK 25</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-OAK 25 (15:00) 18-John Wade pass complete to 19-Floyd Treat to OAK 38 for 13 yards. Tackle by 29-Kelly Dozier.</t>
   </si>
   <si>
-    <t>#18 John Wade - QB</t>
+    <t>#13 John Wade - QB</t>
   </si>
   <si>
     <t>#20 Pete Gardner - RB</t>
   </si>
   <si>
     <t>#33 Steven Zimmerman - FB</t>
   </si>
   <si>
     <t>#83 Larry Santos - WR</t>
   </si>
   <si>
     <t>#10 Kenneth Nale - WR</t>
   </si>
   <si>
     <t>#67 Peter Check - RT</t>
   </si>
   <si>
     <t>#56 Henry Musgrove - LG</t>
   </si>
   <si>
     <t>#57 Donald Wolfe - C</t>
   </si>
   <si>
     <t>#74 Lyndon Drake - RG</t>
   </si>
   <si>
     <t>#53 Ray Dahl - RT</t>
   </si>
   <si>
     <t>#95 Herbert Hage - LDE</t>
   </si>
   <si>
     <t>#74 Willie Nauman - DT</t>
   </si>
   <si>
     <t>#60 Stanley Miller - DT</t>
   </si>
   <si>
-    <t>#78 Patrick Mathis - RDE</t>
+    <t>#93 Patrick Mathis - RDE</t>
   </si>
   <si>
     <t>#91 Dale Benson - MLB</t>
   </si>
   <si>
     <t>#50 Edward Colon - WLB</t>
   </si>
   <si>
-    <t>#24 Michael Howe - SS</t>
-[...2 lines deleted...]
-    <t>#37 Gene Sanders - FS</t>
+    <t>#27 Michael Howe - SS</t>
+  </si>
+  <si>
+    <t>#28 Gene Sanders - CB</t>
   </si>
   <si>
     <t>#32 Jonathan Nicholson - FS</t>
   </si>
   <si>
     <t>#29 Kelly Dozier - SS</t>
   </si>
   <si>
-    <t>#1 Aaron Hower - FS</t>
+    <t>#42 Aaron Hower - FS</t>
   </si>
   <si>
     <t>14:28</t>
   </si>
   <si>
     <t>OAK 38</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-OAK 38 (14:27) 20-Pete Gardner ran to IND 49 for 14 yards. Tackle by 91-Dale Benson. IND 60-Stanley Miller was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#88 Mark Velez - TE</t>
   </si>
   <si>
     <t>#34 Richard Peeples - FS</t>
   </si>
   <si>
     <t>13:48</t>
   </si>
@@ -488,153 +488,153 @@
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-7-IND 45 (12:31) 18-John Wade pass Pass knocked down by 55-Monroe Legendre. incomplete, intended for 20-Pete Gardner.</t>
   </si>
   <si>
     <t>12:27</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-IND 45 (12:28) 6-Jackie Davis punts 36 yards to IND 9.</t>
   </si>
   <si>
     <t>#6 Jackie Davis - P</t>
   </si>
   <si>
     <t>#80 Clement Ohara - WR</t>
   </si>
   <si>
-    <t>#68 Darryl Leslie - DT</t>
+    <t>#67 Darryl Leslie - DT</t>
   </si>
   <si>
     <t>#99 George Ellis - DT</t>
   </si>
   <si>
     <t>#59 John Lee - MLB</t>
   </si>
   <si>
     <t>#58 Rickey Cagle - C</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>IND 9</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>1-10-IND 9 (12:18) 6-Brady Durst pass Pass knocked down by 43-Lawrence Judd. incomplete, intended for 41-Robert Palmer. 45-William Donnelly got away with a hold on that play.</t>
   </si>
   <si>
     <t>#6 Brady Durst - QB</t>
   </si>
   <si>
     <t>#41 Robert Palmer - RB</t>
   </si>
   <si>
     <t>#20 Jeffry Douglas - RB</t>
   </si>
   <si>
     <t>#10 William Hollins - WR</t>
   </si>
   <si>
     <t>#14 Robert Patterson - WR</t>
   </si>
   <si>
     <t>#72 Truman Ojeda - C</t>
   </si>
   <si>
-    <t>#64 Robert Gibson - LG</t>
+    <t>#73 Robert Gibson - LG</t>
   </si>
   <si>
     <t>#71 David Wright - C</t>
   </si>
   <si>
     <t>#75 Shane Conway - RG</t>
   </si>
   <si>
     <t>#51 Michael Leblanc - RT</t>
   </si>
   <si>
     <t>#91 Robert Long - LDE</t>
   </si>
   <si>
-    <t>#72 James Patton - DT</t>
-[...5 lines deleted...]
-    <t>#43 Lawrence Judd - MLB</t>
+    <t>#65 James Patton - DT</t>
+  </si>
+  <si>
+    <t>#2 Robert Carter - WLB</t>
+  </si>
+  <si>
+    <t>#43 Lawrence Judd - SLB</t>
   </si>
   <si>
     <t>#45 William Donnelly - WLB</t>
   </si>
   <si>
     <t>#28 Donald Lincoln - CB</t>
   </si>
   <si>
     <t>#21 Frank Allen - CB</t>
   </si>
   <si>
     <t>#49 Coleman Cooper - FS</t>
   </si>
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>2-10-IND 9 (12:15) 6-Brady Durst pass Pass knocked down by 26-Charles Wells. incomplete, intended for 41-Robert Palmer.</t>
   </si>
   <si>
     <t>#87 Willie Collard - TE</t>
   </si>
   <si>
     <t>12:11</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>3-10-IND 9 (12:12) 6-Brady Durst pass complete to 14-Robert Patterson to IND 11 for 3 yards. Tackle by 35-John Reynolds.</t>
   </si>
   <si>
-    <t>#73 Clayton Brown - DT</t>
+    <t>#70 Clayton Brown - DT</t>
   </si>
   <si>
     <t>11:25</t>
   </si>
   <si>
     <t>IND 11</t>
   </si>
   <si>
     <t>4-7-IND 11 (11:24) 7-Gerald Brown punts 41 yards to OAK 47. 17-Daniel Phipps to IND 50 for 3 yards. Tackle by 37-Gene Sanders. IND 37-Gene Sanders was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#7 Gerald Brown - P</t>
   </si>
   <si>
     <t>#66 Gregory Adams - RT</t>
   </si>
   <si>
     <t>#17 Daniel Phipps - WR</t>
   </si>
   <si>
     <t>#52 Jorge Garces - RT</t>
   </si>
   <si>
     <t>11:16</t>
   </si>
@@ -644,51 +644,51 @@
   <si>
     <t>1-10-IND 50 (11:17) 18-John Wade pass complete to 10-Kenneth Nale to IND 45 for 5 yards. Tackle by 91-Dale Benson.</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>2-5-IND 45 (10:35) 18-John Wade pass Pass knocked down by 34-Richard Peeples. incomplete, intended for 88-Mark Velez.</t>
   </si>
   <si>
     <t>10:32</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>3-5-IND 45 (10:33) 20-Pete Gardner ran to IND 45 for a short gain. Tackle by 99-George Ellis.</t>
   </si>
   <si>
-    <t>#31 Gerald Hanes - RB</t>
+    <t>#34 Gerald Hanes - RB</t>
   </si>
   <si>
     <t>#89 Frank Jones - TE</t>
   </si>
   <si>
     <t>10:01</t>
   </si>
   <si>
     <t>4-5-IND 45 (10:00) 6-Jackie Davis punts 32 yards to IND 13.</t>
   </si>
   <si>
     <t>9:52</t>
   </si>
   <si>
     <t>IND 13</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-IND 13 (9:53) 6-Brady Durst pass Pass knocked down by 50-Curt Price. incomplete, intended for 87-Willie Collard.</t>
   </si>
@@ -947,51 +947,51 @@
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>IND 18</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-5-IND 18 (14:16) 15-Robert Johnson 36 yard field goal is GOOD. OAK 3 IND 0</t>
   </si>
   <si>
     <t>#14 John Toro - QB</t>
   </si>
   <si>
     <t>#15 Robert Johnson - K</t>
   </si>
   <si>
     <t>#71 Blaine Malmberg - DT</t>
   </si>
   <si>
-    <t>#62 Mike Cunha - LG</t>
+    <t>#66 Mike Cunha - LG</t>
   </si>
   <si>
     <t>#92 John Cyr - RDE</t>
   </si>
   <si>
     <t>#90 Williams Richardson - RDE</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>OAK 35</t>
   </si>
   <si>
     <t>(14:13) 15-Robert Johnson kicks 74 yards from OAK 35 to IND -9. Touchback.</t>
   </si>
   <si>
     <t>#11 Lorenzo Davis - WR</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>1-10-IND 25 (14:13) 6-Brady Durst pass complete to 87-Willie Collard to IND 32 for 7 yards. Tackle by 28-Donald Lincoln.</t>
   </si>
@@ -1037,99 +1037,99 @@
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-OAK 40 (11:29) 6-Brady Durst pass complete to 10-William Hollins to OAK 37 for 3 yards. Tackle by 27-Gary Morse. 10-William Hollins did some fancy footwork there.</t>
   </si>
   <si>
     <t>10:57</t>
   </si>
   <si>
     <t>OAK 37</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-7-OAK 37 (10:56) 20-Jeffry Douglas ran to OAK 38 for -1 yards. Tackle by 45-William Donnelly.</t>
   </si>
   <si>
-    <t>#85 Brian Maag - TE</t>
+    <t>#89 Brian Maag - TE</t>
   </si>
   <si>
     <t>10:16</t>
   </si>
   <si>
     <t>3-7-OAK 38 (10:15) 20-Jeffry Douglas ran to OAK 33 for 5 yards. Tackle by 27-Gary Morse.</t>
   </si>
   <si>
     <t>9:34</t>
   </si>
   <si>
     <t>OAK 33</t>
   </si>
   <si>
     <t>4-3-OAK 33 (9:33) 16-William Abraham 51 yard field goal is GOOD. OAK 3 IND 3</t>
   </si>
   <si>
     <t>9:28</t>
   </si>
   <si>
     <t>(9:29) 16-William Abraham kicks 75 yards from IND 35 to OAK -10. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>1-10-OAK 25 (9:29) 20-Pete Gardner ran to OAK 35 for 10 yards. Tackle by 34-Richard Peeples. OAK 53-Ray Dahl was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:51</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>2-1-OAK 35 (8:50) 20-Pete Gardner ran to OAK 43 for 8 yards. Tackle by 1-Aaron Hower.</t>
   </si>
   <si>
     <t>8:04</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>1-10-OAK 43 (8:03) 31-Gerald Hanes ran to OAK 44 for 1 yards. Tackle by 54-Benjamin Tramel.</t>
   </si>
   <si>
-    <t>#32 Merle Pace - RB</t>
+    <t>#32 Merle Pace - WR</t>
   </si>
   <si>
     <t>7:26</t>
   </si>
   <si>
     <t>OAK 44</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>2-9-OAK 44 (7:25) 20-Pete Gardner ran to IND 45 for 11 yards. Tackle by 1-Aaron Hower.</t>
   </si>
   <si>
     <t>6:41</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-IND 45 (6:40) 31-Gerald Hanes ran to IND 49 for -4 yards. Tackle by 95-Herbert Hage.</t>
   </si>
   <si>
     <t>6:03</t>
   </si>
@@ -2304,72 +2304,72 @@
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>