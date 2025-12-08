--- v0 (2025-11-17)
+++ v1 (2025-12-08)
@@ -311,93 +311,93 @@
   <si>
     <t>#43 Delbert Gwyn - SS</t>
   </si>
   <si>
     <t>#99 Nelson Macrae - MLB</t>
   </si>
   <si>
     <t>#78 Micheal Marine - RDE</t>
   </si>
   <si>
     <t>#79 Joe Pendergrass - RDE</t>
   </si>
   <si>
     <t>#21 Matt Johnson - CB</t>
   </si>
   <si>
     <t>#96 John Chamlee - MLB</t>
   </si>
   <si>
     <t>#98 James Caldwell - WLB</t>
   </si>
   <si>
     <t>#97 Kyle Smith - DT</t>
   </si>
   <si>
-    <t>#28 David Griffin - SS</t>
+    <t>#28 David Griffin - FS</t>
   </si>
   <si>
     <t>#3 Russell Everett - K</t>
   </si>
   <si>
     <t>GBY</t>
   </si>
   <si>
     <t>GBY 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-GBY 25 (15:00) 8-Kirk Harrelson pass complete to 86-Adam Cate to GBY 34 for 9 yards. Tackle by 49-Donald Cronk.</t>
   </si>
   <si>
     <t>#8 Kirk Harrelson - QB</t>
   </si>
   <si>
     <t>#21 Tom Basil - FB</t>
   </si>
   <si>
     <t>#84 James Jones - TE</t>
   </si>
   <si>
     <t>#13 Clay Tobias - WR</t>
   </si>
   <si>
     <t>#66 Gordon Brickley - LT</t>
   </si>
   <si>
-    <t>#50 John Carpenter - LT</t>
+    <t>#50 John Carpenter - LG</t>
   </si>
   <si>
     <t>#73 David McClain - C</t>
   </si>
   <si>
-    <t>#67 John Socha - RG</t>
+    <t>#67 John Socha - RT</t>
   </si>
   <si>
     <t>#68 Larry Koehler - LT</t>
   </si>
   <si>
     <t>#94 Scot Fick - LDE</t>
   </si>
   <si>
     <t>#76 Darryl Hurt - DT</t>
   </si>
   <si>
     <t>#95 Keven Swain - DT</t>
   </si>
   <si>
     <t>#91 Charles Hensley - RDE</t>
   </si>
   <si>
     <t>#50 Donald Kendricks - WLB</t>
   </si>
   <si>
     <t>#51 Angelo Sadler - MLB</t>
   </si>
   <si>
     <t>#56 Juan Dryden - WLB</t>
   </si>
@@ -614,51 +614,51 @@
   <si>
     <t>#23 Matt Seaborn - CB</t>
   </si>
   <si>
     <t>#41 Floyd Jackson - SS</t>
   </si>
   <si>
     <t>11:03</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>1-10-CHI 35 (11:02) 16-Charles Myers pass complete to 85-Dennis Miller to CHI 38 for 3 yards. Tackle by 96-John Chamlee.</t>
   </si>
   <si>
     <t>#85 Dennis Miller - TE</t>
   </si>
   <si>
     <t>#87 Roy Heiss - TE</t>
   </si>
   <si>
-    <t>#93 Lyle Gleason - LDE</t>
+    <t>#93 Lyle Gleason - RDE</t>
   </si>
   <si>
     <t>#72 Luther Kincaid - DT</t>
   </si>
   <si>
     <t>10:21</t>
   </si>
   <si>
     <t>CHI 38</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-7-CHI 38 (10:20) 16-Charles Myers pass complete to 38-Peter Hulett to CHI 43 for 5 yards. Tackle by 24-Jason Estes.</t>
   </si>
   <si>
     <t>9:37</t>
   </si>
   <si>
     <t>CHI 43</t>
   </si>
@@ -749,51 +749,51 @@
   <si>
     <t>3-6-GBY 11 (6:26) 21-Sidney Quisenberry ran to GBY 10 for 1 yards. Tackle by 55-Gary McKinney.</t>
   </si>
   <si>
     <t>#35 Larry Morgan - RB</t>
   </si>
   <si>
     <t>5:49</t>
   </si>
   <si>
     <t>GBY 10</t>
   </si>
   <si>
     <t>4-4-GBY 10 (5:48) 3-Russell Everett 28 yard field goal is GOOD. CHI 61-Kevin Alder was injured on the play. He looks like he should be able to return. CHI 3 GBY 7</t>
   </si>
   <si>
     <t>#65 Peter Ostrowski - RG</t>
   </si>
   <si>
     <t>#63 Danny Anderson - LT</t>
   </si>
   <si>
     <t>#61 Kevin Alder - C</t>
   </si>
   <si>
-    <t>#70 Paul Moses - DT</t>
+    <t>#70 Paul Moses - LDE</t>
   </si>
   <si>
     <t>5:45</t>
   </si>
   <si>
     <t>(5:46) 3-Russell Everett kicks 74 yards from CHI 35 to GBY -9. Touchback.</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-GBY 25 (5:46) 45-James Haug ran to GBY 27 for 2 yards. 45-James Haug FUMBLES (40-Robert Vasquez) recovered by GBY-73-David McClain at GBY 26. Tackle by 40-Robert Vasquez.</t>
   </si>
   <si>
     <t>5:05</t>
   </si>
   <si>
     <t>GBY 26</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>