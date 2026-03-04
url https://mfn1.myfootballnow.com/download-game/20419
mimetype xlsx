--- v1 (2025-12-08)
+++ v2 (2026-03-04)
@@ -290,135 +290,135 @@
   <si>
     <t>CHI</t>
   </si>
   <si>
     <t>CHI 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Russell Everett kicks 75 yards from CHI 35 to GBY -10. Touchback.</t>
   </si>
   <si>
     <t>#45 James Haug - RB</t>
   </si>
   <si>
     <t>#86 Adam Cate - WR</t>
   </si>
   <si>
     <t>#43 Delbert Gwyn - SS</t>
   </si>
   <si>
-    <t>#99 Nelson Macrae - MLB</t>
+    <t>#96 Nelson Macrae - MLB</t>
   </si>
   <si>
     <t>#78 Micheal Marine - RDE</t>
   </si>
   <si>
     <t>#79 Joe Pendergrass - RDE</t>
   </si>
   <si>
     <t>#21 Matt Johnson - CB</t>
   </si>
   <si>
     <t>#96 John Chamlee - MLB</t>
   </si>
   <si>
-    <t>#98 James Caldwell - WLB</t>
+    <t>#54 James Caldwell - WLB</t>
   </si>
   <si>
     <t>#97 Kyle Smith - DT</t>
   </si>
   <si>
-    <t>#28 David Griffin - FS</t>
+    <t>#35 David Griffin - FS</t>
   </si>
   <si>
     <t>#3 Russell Everett - K</t>
   </si>
   <si>
     <t>GBY</t>
   </si>
   <si>
     <t>GBY 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-GBY 25 (15:00) 8-Kirk Harrelson pass complete to 86-Adam Cate to GBY 34 for 9 yards. Tackle by 49-Donald Cronk.</t>
   </si>
   <si>
     <t>#8 Kirk Harrelson - QB</t>
   </si>
   <si>
     <t>#21 Tom Basil - FB</t>
   </si>
   <si>
-    <t>#84 James Jones - TE</t>
+    <t>#86 James Jones - TE</t>
   </si>
   <si>
     <t>#13 Clay Tobias - WR</t>
   </si>
   <si>
     <t>#66 Gordon Brickley - LT</t>
   </si>
   <si>
     <t>#50 John Carpenter - LG</t>
   </si>
   <si>
-    <t>#73 David McClain - C</t>
+    <t>#75 David McClain - C</t>
   </si>
   <si>
     <t>#67 John Socha - RT</t>
   </si>
   <si>
-    <t>#68 Larry Koehler - LT</t>
+    <t>#75 Larry Koehler - RT</t>
   </si>
   <si>
     <t>#94 Scot Fick - LDE</t>
   </si>
   <si>
     <t>#76 Darryl Hurt - DT</t>
   </si>
   <si>
     <t>#95 Keven Swain - DT</t>
   </si>
   <si>
     <t>#91 Charles Hensley - RDE</t>
   </si>
   <si>
     <t>#50 Donald Kendricks - WLB</t>
   </si>
   <si>
-    <t>#51 Angelo Sadler - MLB</t>
+    <t>#99 Angelo Sadler - MLB</t>
   </si>
   <si>
     <t>#56 Juan Dryden - WLB</t>
   </si>
   <si>
     <t>#49 Donald Cronk - CB</t>
   </si>
   <si>
     <t>#35 Danny Matteson - CB</t>
   </si>
   <si>
     <t>#40 Robert Vasquez - CB</t>
   </si>
   <si>
     <t>#49 Alex Sellers - FS</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>GBY 34</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
@@ -449,63 +449,63 @@
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-GBY 48 (13:42) 8-Kirk Harrelson pass complete to 13-Clay Tobias to CHI 12 for 40 yards. Tackle by 40-Robert Vasquez.</t>
   </si>
   <si>
     <t>13:07</t>
   </si>
   <si>
     <t>CHI 12</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-CHI 12 (13:06) 8-Kirk Harrelson pass complete to 84-James Jones to CHI 3 for 9 yards. Tackle by 36-Dana Pedigo.</t>
   </si>
   <si>
-    <t>#34 James Wallace - RB</t>
-[...2 lines deleted...]
-    <t>#69 John Burns - RDE</t>
+    <t>#87 James Wallace - TE</t>
+  </si>
+  <si>
+    <t>#90 John Burns - RDE</t>
   </si>
   <si>
     <t>#59 Michael Hall - WLB</t>
   </si>
   <si>
     <t>#58 Darnell Cloutier - MLB</t>
   </si>
   <si>
-    <t>#30 Tyrone Iraheta - CB</t>
+    <t>#22 Tyrone Iraheta - CB</t>
   </si>
   <si>
     <t>#36 Dana Pedigo - CB</t>
   </si>
   <si>
     <t>#48 Anthony Carpenter - CB</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>CHI 3</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>2-1-CHI 3 (12:20) 30-Edward Doran ran to CHI 3 for a short loss. Tackle by 35-Danny Matteson.</t>
   </si>
   <si>
     <t>#89 Jaime Fisher - TE</t>
   </si>
   <si>
     <t>11:41</t>
   </si>
@@ -524,51 +524,51 @@
   <si>
     <t>11:36</t>
   </si>
   <si>
     <t>CHI 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(11:37) Extra point GOOD by 3-Michael Dockery. GBY 68-Larry Koehler was injured on the play. He looks like he should be able to return. CHI 0 GBY 7</t>
   </si>
   <si>
     <t>#3 Michael Dockery - K</t>
   </si>
   <si>
     <t>#58 Albert Burns - C</t>
   </si>
   <si>
     <t>#55 Gary McKinney - SLB</t>
   </si>
   <si>
-    <t>#53 Michael Alexander - MLB</t>
+    <t>#98 Michael Alexander - MLB</t>
   </si>
   <si>
     <t>#93 Charles Woolery - RDE</t>
   </si>
   <si>
     <t>#97 David Dalton - DT</t>
   </si>
   <si>
     <t>GBY 35</t>
   </si>
   <si>
     <t>(11:37) 3-Michael Dockery kicks 75 yards from GBY 35 to CHI -10. Touchback.</t>
   </si>
   <si>
     <t>#38 Peter Hulett - RB</t>
   </si>
   <si>
     <t>CHI 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
@@ -578,51 +578,51 @@
   <si>
     <t>#16 Charles Myers - QB</t>
   </si>
   <si>
     <t>#21 Sidney Quisenberry - RB</t>
   </si>
   <si>
     <t>#14 Francisco Medrano - WR</t>
   </si>
   <si>
     <t>#80 Brent Rendon - WR</t>
   </si>
   <si>
     <t>#10 Zachary Varney - WR</t>
   </si>
   <si>
     <t>#77 Robert Desrosiers - LT</t>
   </si>
   <si>
     <t>#67 Tommy Brown - LG</t>
   </si>
   <si>
     <t>#60 Horace Taylor - C</t>
   </si>
   <si>
-    <t>#66 Kevin Link - RG</t>
+    <t>#62 Kevin Link - RG</t>
   </si>
   <si>
     <t>#71 Caleb Evelyn - RT</t>
   </si>
   <si>
     <t>#92 Robert Montgomery - LDE</t>
   </si>
   <si>
     <t>#24 Jason Estes - CB</t>
   </si>
   <si>
     <t>#23 Matt Seaborn - CB</t>
   </si>
   <si>
     <t>#41 Floyd Jackson - SS</t>
   </si>
   <si>
     <t>11:03</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
@@ -746,93 +746,93 @@
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>3-6-GBY 11 (6:26) 21-Sidney Quisenberry ran to GBY 10 for 1 yards. Tackle by 55-Gary McKinney.</t>
   </si>
   <si>
     <t>#35 Larry Morgan - RB</t>
   </si>
   <si>
     <t>5:49</t>
   </si>
   <si>
     <t>GBY 10</t>
   </si>
   <si>
     <t>4-4-GBY 10 (5:48) 3-Russell Everett 28 yard field goal is GOOD. CHI 61-Kevin Alder was injured on the play. He looks like he should be able to return. CHI 3 GBY 7</t>
   </si>
   <si>
     <t>#65 Peter Ostrowski - RG</t>
   </si>
   <si>
     <t>#63 Danny Anderson - LT</t>
   </si>
   <si>
-    <t>#61 Kevin Alder - C</t>
-[...2 lines deleted...]
-    <t>#70 Paul Moses - LDE</t>
+    <t>#56 Kevin Alder - C</t>
+  </si>
+  <si>
+    <t>#70 Paul Moses - RDE</t>
   </si>
   <si>
     <t>5:45</t>
   </si>
   <si>
     <t>(5:46) 3-Russell Everett kicks 74 yards from CHI 35 to GBY -9. Touchback.</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-GBY 25 (5:46) 45-James Haug ran to GBY 27 for 2 yards. 45-James Haug FUMBLES (40-Robert Vasquez) recovered by GBY-73-David McClain at GBY 26. Tackle by 40-Robert Vasquez.</t>
   </si>
   <si>
     <t>5:05</t>
   </si>
   <si>
     <t>GBY 26</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>2-9-GBY 26 (5:04) 45-James Haug ran to GBY 32 for 6 yards. Tackle by 51-Angelo Sadler.</t>
   </si>
   <si>
     <t>4:19</t>
   </si>
   <si>
     <t>GBY 32</t>
   </si>
   <si>
     <t>3-3-GBY 32 (4:18) 45-James Haug ran to GBY 31 for -1 yards. Tackle by 94-Scot Fick.</t>
   </si>
   <si>
-    <t>#64 Edward Dennis - RG</t>
+    <t>#62 Edward Dennis - LG</t>
   </si>
   <si>
     <t>3:46</t>
   </si>
   <si>
     <t>GBY 31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-GBY 31 (3:45) 1-Mark Hamill punts 50 yards to CHI 18. 38-Peter Hulett to CHI 30 for 11 yards. Tackle by 58-Albert Burns.</t>
   </si>
   <si>
     <t>#1 Mark Hamill - P</t>
   </si>
   <si>
     <t>3:35</t>
   </si>
   <si>
     <t>CHI 30</t>
   </si>
@@ -1787,51 +1787,51 @@
   <si>
     <t>4:05</t>
   </si>
   <si>
     <t>CHI 29</t>
   </si>
   <si>
     <t>2-2-CHI 29 (4:04) 21-Sidney Quisenberry ran to CHI 28 for a short loss. Tackle by 79-Joe Pendergrass. CHI 21-Sidney Quisenberry was injured on the play.</t>
   </si>
   <si>
     <t>3-2-CHI 28 (3:31) 35-Larry Morgan ran to CHI 29 for 1 yards. Tackle by 98-James Caldwell.</t>
   </si>
   <si>
     <t>2:57</t>
   </si>
   <si>
     <t>4-2-CHI 29 (2:56) 16-Charles Myers pass complete to 10-Zachary Varney to CHI 36 for 7 yards. Tackle by 23-Matt Seaborn.</t>
   </si>
   <si>
     <t>2:15</t>
   </si>
   <si>
     <t>1-10-CHI 36 (2:14) 16-Charles Myers pass Pass knocked down by 98-James Caldwell. incomplete, intended for 85-Dennis Miller. GBY 97-Kyle Smith was injured on the play.</t>
   </si>
   <si>
-    <t>#32 Michael Jacques - RB</t>
+    <t>#23 Michael Jacques - RB</t>
   </si>
   <si>
     <t>2:09</t>
   </si>
   <si>
     <t>2-10-CHI 36 (2:10) 16-Charles Myers pass incomplete, dropped by 80-Brent Rendon. Pressure by 79-Joe Pendergrass.</t>
   </si>
   <si>
     <t>2:05</t>
   </si>
   <si>
     <t>3-10-CHI 36 (2:06) 16-Charles Myers sacked at CHI 26 for -11 yards (93-Lyle Gleason). Sack allowed by 71-Caleb Evelyn. 71-Caleb Evelyn missed that block completely.</t>
   </si>
   <si>
     <t>4-21-CHI 26 (2:00) 1-Brian Batista punts 51 yards to GBY 24. 86-Adam Cate to GBY 31 for 7 yards. Tackle by 60-Horace Taylor.</t>
   </si>
   <si>
     <t>1:50</t>
   </si>
   <si>
     <t>1-10-GBY 31 (1:51) 45-James Haug ran to GBY 33 for 2 yards. Tackle by 95-Keven Swain.</t>
   </si>
   <si>
     <t>1:49</t>
   </si>