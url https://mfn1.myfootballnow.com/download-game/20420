--- v0 (2025-11-17)
+++ v1 (2026-03-04)
@@ -314,51 +314,51 @@
   <si>
     <t>#22 Steve Watson - CB</t>
   </si>
   <si>
     <t>#76 David Bailey - DT</t>
   </si>
   <si>
     <t>#55 Charles Mauzy - WLB</t>
   </si>
   <si>
     <t>#72 Javier Mulholland - DT</t>
   </si>
   <si>
     <t>#91 Philip Lowe - MLB</t>
   </si>
   <si>
     <t>#39 William Frye - CB</t>
   </si>
   <si>
     <t>#96 Howard Schmidt - MLB</t>
   </si>
   <si>
     <t>#69 Jimmy McKeown - DT</t>
   </si>
   <si>
-    <t>#77 Clifford Marcus - LT</t>
+    <t>#67 Clifford Marcus - LT</t>
   </si>
   <si>
     <t>ARZ</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>ARZ 20</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-ARZ 20 (14:57) 21-Samuel Burke ran to ARZ 22 for 1 yards. Tackle by 98-Dustin Vanish.</t>
   </si>
   <si>
     <t>#6 Darryl Holley - QB</t>
   </si>
   <si>
     <t>#21 Samuel Burke - RB</t>
   </si>
@@ -371,306 +371,306 @@
   <si>
     <t>#10 Frederick Lancaster - WR</t>
   </si>
   <si>
     <t>#13 Andrew Hopkins - WR</t>
   </si>
   <si>
     <t>#68 William Holmes - LT</t>
   </si>
   <si>
     <t>#50 Michael Flores - RG</t>
   </si>
   <si>
     <t>#78 Howard Green - C</t>
   </si>
   <si>
     <t>#67 John Smith - RG</t>
   </si>
   <si>
     <t>#52 Joseph Hicks - RT</t>
   </si>
   <si>
     <t>#98 Dustin Vanish - RDE</t>
   </si>
   <si>
-    <t>#96 William Cleveland - LDE</t>
-[...2 lines deleted...]
-    <t>#93 Sean Boyce - LDE</t>
+    <t>#95 William Cleveland - DT</t>
+  </si>
+  <si>
+    <t>#54 Sean Boyce - RDE</t>
   </si>
   <si>
     <t>#95 Edward Ortiz - RDE</t>
   </si>
   <si>
-    <t>#54 Juan Biller - MLB</t>
-[...2 lines deleted...]
-    <t>#55 Kevin Tapp - WLB</t>
+    <t>#91 Juan Biller - MLB</t>
+  </si>
+  <si>
+    <t>#37 Kevin Tapp - SS</t>
   </si>
   <si>
     <t>#25 Robert Murphy - CB</t>
   </si>
   <si>
-    <t>#41 Charles Wotring - FS</t>
+    <t>#6 Charles Wotring - FS</t>
   </si>
   <si>
     <t>#49 Aron Roberts - CB</t>
   </si>
   <si>
     <t>#33 William Honaker - FS</t>
   </si>
   <si>
-    <t>#36 Christopher Cohen - CB</t>
+    <t>#22 Christopher Cohen - CB</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>ARZ 22</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>2-9-ARZ 22 (14:21) 45-William Pickett ran to ARZ 20 for -1 yards. Tackle by 54-Juan Biller. 21-Samuel Burke was completely beat on that play.</t>
   </si>
   <si>
     <t>#45 William Pickett - RB</t>
   </si>
   <si>
-    <t>#70 Thomas Marino - DT</t>
+    <t>#90 Thomas Marino - DT</t>
   </si>
   <si>
     <t>#73 Wade Friese - DT</t>
   </si>
   <si>
     <t>#23 Edgar Atkinson - CB</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>3-10-ARZ 20 (13:43) 21-Samuel Burke ran to ARZ 22 for 2 yards. Tackle by 54-Juan Biller.</t>
   </si>
   <si>
     <t>#81 Jerry Steffens - TE</t>
   </si>
   <si>
-    <t>#91 Joseph Lamb - SLB</t>
+    <t>#76 Joseph Lamb - RDE</t>
   </si>
   <si>
     <t>13:10</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-9-ARZ 22 (13:09) 1-Allen Berlanga punts 46 yards to DAL 32. Fair Catch by 88-Roger Firth.</t>
   </si>
   <si>
     <t>#1 Allen Berlanga - P</t>
   </si>
   <si>
     <t>#53 Lee Thomas - C</t>
   </si>
   <si>
-    <t>#88 Roger Firth - WR</t>
-[...2 lines deleted...]
-    <t>#67 Vincent Swenson - C</t>
+    <t>#9 Roger Firth - WR</t>
+  </si>
+  <si>
+    <t>#58 Vincent Swenson - C</t>
   </si>
   <si>
     <t>#63 James Lewis - LT</t>
   </si>
   <si>
-    <t>#51 James Franks - MLB</t>
+    <t>#90 James Franks - MLB</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>DAL 32</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-DAL 32 (13:02) 2-Joey Bowers ran to DAL 35 for 3 yards. Tackle by 91-Philip Lowe.</t>
   </si>
   <si>
-    <t>#4 Patrick Camp - QB</t>
-[...11 lines deleted...]
-    <t>#87 Ian Isenhour - TE</t>
+    <t>#2 Patrick Camp - QB</t>
+  </si>
+  <si>
+    <t>#6 Joey Bowers - RB</t>
+  </si>
+  <si>
+    <t>#11 Albert Ponce - RB</t>
+  </si>
+  <si>
+    <t>#60 Leroy Zimmerman - RG</t>
+  </si>
+  <si>
+    <t>#88 Ian Isenhour - TE</t>
   </si>
   <si>
     <t>#85 Jeffrey Castillo - TE</t>
   </si>
   <si>
-    <t>#66 Ryan Pak - LG</t>
-[...5 lines deleted...]
-    <t>#75 Anthony Thomas - RT</t>
+    <t>#61 Ryan Pak - LG</t>
+  </si>
+  <si>
+    <t>#68 Harrison Walters - LT</t>
+  </si>
+  <si>
+    <t>#55 Anthony Thomas - RT</t>
   </si>
   <si>
     <t>#74 William George - RDE</t>
   </si>
   <si>
     <t>#79 Jeffrey Lauderdale - DT</t>
   </si>
   <si>
     <t>#92 James Moore - RDE</t>
   </si>
   <si>
     <t>12:23</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>2-7-DAL 35 (12:22) 2-Joey Bowers ran to DAL 42 for 7 yards. Tackle by 91-Philip Lowe.</t>
   </si>
   <si>
     <t>#98 Luis Elder - WLB</t>
   </si>
   <si>
     <t>11:41</t>
   </si>
   <si>
     <t>DAL 42</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-1-DAL 42 (11:40) 2-Joey Bowers ran to DAL 47 for 5 yards. Tackle by 96-Howard Schmidt.</t>
   </si>
   <si>
-    <t>#19 Benjamin Nguyen - WR</t>
+    <t>#12 Benjamin Nguyen - WR</t>
   </si>
   <si>
     <t>#16 Todd McCarty - WR</t>
   </si>
   <si>
     <t>#47 Richard Young - CB</t>
   </si>
   <si>
     <t>#43 William Hamilton - CB</t>
   </si>
   <si>
     <t>10:54</t>
   </si>
   <si>
     <t>DAL 47</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-DAL 47 (10:53) 24-Adam Byler ran to DAL 49 for 3 yards. Tackle by 69-Jimmy McKeown.</t>
   </si>
   <si>
-    <t>#24 Adam Byler - RB</t>
+    <t>#5 Adam Byler - RB</t>
   </si>
   <si>
     <t>10:21</t>
   </si>
   <si>
     <t>DAL 49</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>2-7-DAL 49 (10:20) 2-Joey Bowers ran to ARZ 48 for 3 yards. Tackle by 69-Jimmy McKeown. ARZ 92-James Moore was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:48</t>
   </si>
   <si>
     <t>ARZ 48</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>3-5-ARZ 48 (9:47) PENALTY - False Start (DAL 77-Clifford Marcus)</t>
   </si>
   <si>
     <t>9:46</t>
   </si>
   <si>
     <t>3-10-DAL 47 (9:47) 2-Joey Bowers ran to ARZ 48 for 5 yards. Tackle by 55-Charles Mauzy.</t>
   </si>
   <si>
     <t>9:14</t>
   </si>
   <si>
     <t>4-5-ARZ 48 (9:13) 13-Pedro Mitchell punts 26 yards to ARZ 22.</t>
   </si>
   <si>
-    <t>#13 Pedro Mitchell - K</t>
-[...5 lines deleted...]
-    <t>#65 Joseph Nathan - C</t>
+    <t>#4 Pedro Mitchell - K</t>
+  </si>
+  <si>
+    <t>#61 Robert Scott - LG</t>
+  </si>
+  <si>
+    <t>#59 Joseph Nathan - C</t>
   </si>
   <si>
     <t>9:04</t>
   </si>
   <si>
     <t>Weak I Normal Fullback Counter Weak</t>
   </si>
   <si>
     <t>46 Normal 3 Deep LB Blitz</t>
   </si>
   <si>
     <t>1-10-ARZ 22 (9:05) 37-Jeffrey Anderson ran to ARZ 21 for -1 yards. Tackle by 55-Kevin Tapp.</t>
   </si>
   <si>
     <t>8:22</t>
   </si>
   <si>
     <t>ARZ 21</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
@@ -965,54 +965,54 @@
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-9-DAL 23 (9:10) 21-Samuel Burke ran to DAL 22 for 1 yards. Tackle by 95-Edward Ortiz.</t>
   </si>
   <si>
     <t>8:27</t>
   </si>
   <si>
     <t>DAL 22</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>3-8-DAL 22 (8:26) 6-Darryl Holley pass Pass knocked down by 49-Aron Roberts. incomplete, intended for 13-Andrew Hopkins. 23-Edgar Atkinson got away with a hold on that play.</t>
   </si>
   <si>
     <t>4-8-DAL 22 (8:23) 18-Brain McClure 39 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>#18 Brain McClure - K</t>
   </si>
   <si>
-    <t>#56 Ronnie Ayers - MLB</t>
-[...2 lines deleted...]
-    <t>#57 Charles Couey - WLB</t>
+    <t>#51 Ronnie Ayers - RDE</t>
+  </si>
+  <si>
+    <t>#72 Charles Couey - DT</t>
   </si>
   <si>
     <t>8:19</t>
   </si>
   <si>
     <t>DAL 29</t>
   </si>
   <si>
     <t>1-10-DAL 29 (8:20) 2-Joey Bowers ran to DAL 36 for 7 yards. Tackle by 96-Howard Schmidt.</t>
   </si>
   <si>
     <t>7:42</t>
   </si>
   <si>
     <t>DAL 36</t>
   </si>
   <si>
     <t>2-3-DAL 36 (7:41) 4-Patrick Camp pass complete to 44-Leroy Zimmerman to DAL 37 for 1 yards. Tackle by 22-Steve Watson.</t>
   </si>
   <si>
     <t>7:04</t>
   </si>
   <si>
     <t>DAL 37</t>
   </si>
@@ -1139,87 +1139,87 @@
   <si>
     <t>2-4-DAL 41 (1:52) 4-Patrick Camp pass complete to 88-Roger Firth to ARZ 48 for 11 yards. Tackle by 39-William Frye. Pressure by 47-Richard Young.</t>
   </si>
   <si>
     <t>1:32</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-ARZ 48 (1:31) 4-Patrick Camp pass complete to 24-Adam Byler to ARZ 48 for a short loss. Tackle by 22-Steve Watson. ARZ 92-James Moore was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>1:10</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Dime Normal Prevent</t>
   </si>
   <si>
     <t>2-10-ARZ 48 (1:09) 4-Patrick Camp pass complete to 86-Ricardo Davis to ARZ 39 for 9 yards. Tackle by 96-Howard Schmidt.</t>
   </si>
   <si>
-    <t>#86 Ricardo Davis - WR</t>
+    <t>#4 Ricardo Davis - WR</t>
   </si>
   <si>
     <t>0:49</t>
   </si>
   <si>
     <t>ARZ 39</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>3-1-ARZ 39 (0:48) 4-Patrick Camp pass complete to 44-Leroy Zimmerman to ARZ 17 for 21 yards. Tackle by 96-Howard Schmidt. Pressure by 76-David Bailey. DAL 77-Clifford Marcus was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:25</t>
   </si>
   <si>
     <t>1-10-ARZ 17 (0:24) 4-Patrick Camp pass Pass knocked down by 96-Howard Schmidt. incomplete, intended for 85-Jeffrey Castillo.</t>
   </si>
   <si>
     <t>0:21</t>
   </si>
   <si>
     <t>2-10-ARZ 17 (0:22) 4-Patrick Camp pass Pass knocked down by 98-Luis Elder. incomplete, intended for 87-Ian Isenhour.</t>
   </si>
   <si>
     <t>0:18</t>
   </si>
   <si>
     <t>3-10-ARZ 17 (0:19) 67-Vincent Swenson 36 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
-    <t>#79 Edward Meador - TE</t>
+    <t>#63 Edward Meador - LG</t>
   </si>
   <si>
     <t>#66 James Martin - RDE</t>
   </si>
   <si>
     <t>0:15</t>
   </si>
   <si>
     <t>1-10-ARZ 24 (0:16) 21-Samuel Burke ran to ARZ 28 for 3 yards. Tackle by 91-Joseph Lamb.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 18-Brain McClure kicks 75 yards from ARZ 35 to DAL -10. Touchback.</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>1-10-DAL 25 (15:00) 4-Patrick Camp pass Pass knocked down by 39-William Frye. incomplete, intended for 87-Ian Isenhour.</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
@@ -1385,78 +1385,78 @@
   <si>
     <t>2-1-DAL 36 (4:21) 21-Samuel Burke ran to DAL 25 for 10 yards. Tackle by 33-William Honaker.</t>
   </si>
   <si>
     <t>3:41</t>
   </si>
   <si>
     <t>1-10-DAL 25 (3:40) 45-William Pickett ran to DAL 24 for 1 yards. Tackle by 99-Brian Taylor.</t>
   </si>
   <si>
     <t>3:07</t>
   </si>
   <si>
     <t>2-9-DAL 24 (3:06) 21-Samuel Burke ran to DAL 23 for 1 yards. Tackle by 54-Juan Biller.</t>
   </si>
   <si>
     <t>3-8-DAL 23 (2:30) 21-Samuel Burke ran to DAL 21 for 1 yards. Tackle by 91-Joseph Lamb.</t>
   </si>
   <si>
     <t>1:54</t>
   </si>
   <si>
     <t>4-6-DAL 21 (1:53) 18-Brain McClure 39 yard field goal is GOOD. ARZ 9 DAL 0</t>
   </si>
   <si>
-    <t>#92 Mike Kline - MLB</t>
+    <t>#52 Mike Kline - MLB</t>
   </si>
   <si>
     <t>1:49</t>
   </si>
   <si>
     <t>(1:50) 18-Brain McClure kicks 64 yards from ARZ 35 to DAL 1. 88-Roger Firth to DAL 29 for 29 yards. Tackle by 22-Steve Watson.</t>
   </si>
   <si>
     <t>1:45</t>
   </si>
   <si>
     <t>1-10-DAL 29 (1:46) 4-Patrick Camp pass incomplete, dropped by 24-Adam Byler.</t>
   </si>
   <si>
     <t>1:42</t>
   </si>
   <si>
     <t>2-10-DAL 29 (1:43) 4-Patrick Camp pass complete to 44-Leroy Zimmerman to DAL 43 for 13 yards. Pushed out of bounds by 92-James Moore.</t>
   </si>
   <si>
     <t>0:56</t>
   </si>
   <si>
     <t>1-10-DAL 43 (0:55) 4-Patrick Camp pass INTERCEPTED by 22-Steve Watson at DAL 47. 22-Steve Watson to DAL 44 for 3 yards. Tackle by 19-Benjamin Nguyen.</t>
   </si>
   <si>
-    <t>#26 Ryan Clover - RB</t>
+    <t>#9 Ryan Clover - RB</t>
   </si>
   <si>
     <t>DAL 44</t>
   </si>
   <si>
     <t>1-10-DAL 44 (0:50) 6-Darryl Holley pass complete to 21-Samuel Burke to DAL 41 for 3 yards. Tackle by 36-Christopher Cohen. 21-Samuel Burke breaks down the CB.</t>
   </si>
   <si>
     <t>0:09</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>2-7-DAL 41 (0:08) 45-William Pickett ran to DAL 43 for -1 yards. Tackle by 55-Kevin Tapp. DAL 70-Thomas Marino was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>3-8-DAL 43 (15:00) 6-Darryl Holley pass complete to 21-Samuel Burke to DAL 33 for 10 yards. Tackle by 91-Joseph Lamb. ARZ 13-Andrew Hopkins was injured on the play.</t>
   </si>
   <si>
     <t>DAL 33</t>
   </si>
@@ -1526,51 +1526,51 @@
   <si>
     <t>2-4-ARZ 42 (9:37) 4-Patrick Camp pass Pass knocked down by 91-Philip Lowe. incomplete, intended for 87-Ian Isenhour. Pressure by 74-William George.</t>
   </si>
   <si>
     <t>9:31</t>
   </si>
   <si>
     <t>3-4-ARZ 42 (9:32) 40-Albert Ponce ran to ARZ 35 for 7 yards. Tackle by 55-Charles Mauzy.</t>
   </si>
   <si>
     <t>8:57</t>
   </si>
   <si>
     <t>1-10-ARZ 35 (8:56) 4-Patrick Camp pass complete to 44-Leroy Zimmerman to ARZ 34 for 1 yards. Tackle by 91-Philip Lowe. DAL 75-Anthony Thomas was injured on the play.</t>
   </si>
   <si>
     <t>8:33</t>
   </si>
   <si>
     <t>ARZ 34</t>
   </si>
   <si>
     <t>2-9-ARZ 34 (8:32) 4-Patrick Camp pass complete to 88-Roger Firth for 34 yards. TOUCHDOWN! ARZ 15 DAL 6</t>
   </si>
   <si>
-    <t>#62 John Lee - RT</t>
+    <t>#69 John Lee - RT</t>
   </si>
   <si>
     <t>8:26</t>
   </si>
   <si>
     <t>ARZ 15</t>
   </si>
   <si>
     <t>(8:27) Extra point by 77-Clifford Marcus is NO GOOD. (Wide Left) ARZ 72-Javier Mulholland was injured on the play.</t>
   </si>
   <si>
     <t>(8:27) 77-Clifford Marcus kicks 59 yards from DAL 35 to ARZ 6. 34-Mark Newton to ARZ 31 for 25 yards. Tackle by 41-Charles Wotring.</t>
   </si>
   <si>
     <t>8:21</t>
   </si>
   <si>
     <t>ARZ 31</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>1-10-ARZ 31 (8:22) 21-Samuel Burke ran to ARZ 40 for 8 yards. Tackle by 25-Robert Murphy. ARZ 82-Jerome Parish was injured on the play.</t>
   </si>
@@ -2126,107 +2126,107 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="349.058" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">