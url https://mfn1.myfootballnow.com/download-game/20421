--- v0 (2025-11-17)
+++ v1 (2026-03-04)
@@ -377,159 +377,159 @@
   <si>
     <t>#73 Joseph Pike - LT</t>
   </si>
   <si>
     <t>#82 Eugene Lawrence - RT</t>
   </si>
   <si>
     <t>#33 Richard Hicks - LT</t>
   </si>
   <si>
     <t>#51 Douglas Ibarra - RT</t>
   </si>
   <si>
     <t>#66 Gary Evans - LG</t>
   </si>
   <si>
     <t>#52 Jay Davis - WLB</t>
   </si>
   <si>
     <t>#90 Ralph Garcia - DT</t>
   </si>
   <si>
     <t>#95 Joseph Nunez - WLB</t>
   </si>
   <si>
-    <t>#59 James Taylor - MLB</t>
+    <t>#4 James Taylor - FS</t>
   </si>
   <si>
     <t>#51 Christopher Thorpe - WLB</t>
   </si>
   <si>
     <t>#33 Edward Okeefe - SS</t>
   </si>
   <si>
     <t>#28 John Porter - CB</t>
   </si>
   <si>
     <t>#56 Rayford Russell - SLB</t>
   </si>
   <si>
     <t>#43 Doug Boone - MLB</t>
   </si>
   <si>
     <t>#98 Chester Johnson - RDE</t>
   </si>
   <si>
     <t>#30 Jack Prescott - FS</t>
   </si>
   <si>
     <t>SFO 35</t>
   </si>
   <si>
     <t>(14:45) 12-Edward Davis kicks 74 yards from SFO 35 to ATL -9. Touchback.</t>
   </si>
   <si>
     <t>#34 Clifford Stith - RB</t>
   </si>
   <si>
     <t>#26 Robert Lamberton - FS</t>
   </si>
   <si>
-    <t>#99 Jimmy Deleon - MLB</t>
+    <t>#56 Jimmy Deleon - MLB</t>
   </si>
   <si>
     <t>#2 Malcom Brown - SS</t>
   </si>
   <si>
     <t>#24 Jeffrey Oreilly - CB</t>
   </si>
   <si>
-    <t>#96 Michael Jacks - DT</t>
+    <t>#73 Michael Jacks - DT</t>
   </si>
   <si>
     <t>ATL 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-ATL 25 (14:45) 47-Frank Upshaw ran to ATL 27 for 2 yards. Tackle by 64-Scott Martins.</t>
   </si>
   <si>
     <t>#1 Rodney McRoberts - QB</t>
   </si>
   <si>
     <t>#47 Frank Upshaw - RB</t>
   </si>
   <si>
-    <t>#31 James Fitzpatrick - FB</t>
+    <t>#41 James Fitzpatrick - FB</t>
   </si>
   <si>
     <t>#81 Toby Gill - TE</t>
   </si>
   <si>
-    <t>#10 Elliot Stephenson - WR</t>
+    <t>#11 Elliot Stephenson - WR</t>
   </si>
   <si>
     <t>#82 Alfred Colvin - WR</t>
   </si>
   <si>
     <t>#63 Edward Collins - LT</t>
   </si>
   <si>
     <t>#50 Brian Smith - LG</t>
   </si>
   <si>
     <t>#78 Robert Williams - C</t>
   </si>
   <si>
     <t>#77 Jose Herrera - RG</t>
   </si>
   <si>
     <t>#65 Robert Heiden - RT</t>
   </si>
   <si>
     <t>#75 Charles Lofton - LDE</t>
   </si>
   <si>
     <t>#97 Richard Taliaferro - DT</t>
   </si>
   <si>
     <t>#90 Amos Ong - RDE</t>
   </si>
   <si>
     <t>#45 Donald Reed - CB</t>
   </si>
   <si>
     <t>#29 Casey Stephens - SS</t>
   </si>
   <si>
-    <t>#40 Kevin Rennie - FS</t>
+    <t>#49 Kevin Rennie - FS</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>ATL 27</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-8-ATL 27 (14:12) 1-Rodney McRoberts pass complete to 81-Toby Gill to ATL 27 for 1 yards. Tackle by 47-Russell Riddle.</t>
   </si>
   <si>
     <t>#92 Eric Romero - LDE</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
@@ -602,51 +602,51 @@
   <si>
     <t>#34 Todd Brouwer - CB</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>SFO 24</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-4-SFO 24 (12:07) 8-Norman Wannamaker sacked at SFO 21 for -3 yards (90-Ralph Garcia). Sack allowed by 53-William Boner.</t>
   </si>
   <si>
     <t>#37 Marion Truong - RB</t>
   </si>
   <si>
     <t>#89 Gary Friedman - TE</t>
   </si>
   <si>
-    <t>#92 Stephen Goble - LDE</t>
+    <t>#77 Stephen Goble - DT</t>
   </si>
   <si>
     <t>11:27</t>
   </si>
   <si>
     <t>SFO 21</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>3-7-SFO 21 (11:26) 8-Norman Wannamaker pass complete to 87-Alexander Wong to SFO 25 for 3 yards. Tackle by 28-John Porter. Great move by 87-Alexander Wong to get free of his coverage. PENALTY - Pass Interference (ATL 28-John Porter)</t>
   </si>
   <si>
     <t>11:21</t>
   </si>
   <si>
     <t>SFO 29</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
@@ -2150,51 +2150,51 @@
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="314.923" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>