--- v0 (2025-11-17)
+++ v1 (2026-03-04)
@@ -290,138 +290,138 @@
   <si>
     <t>CAR</t>
   </si>
   <si>
     <t>CAR 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Curtis Dugas kicks 74 yards from CAR 35 to NYA -9. Touchback.</t>
   </si>
   <si>
     <t>#40 Jose Hernandez - RB</t>
   </si>
   <si>
     <t>#69 Michael Earl - RT</t>
   </si>
   <si>
     <t>#88 Kyle Sloan - WR</t>
   </si>
   <si>
-    <t>#38 John Stewart - CB</t>
-[...2 lines deleted...]
-    <t>#41 Charles Wagner - WLB</t>
+    <t>#45 John Stewart - CB</t>
+  </si>
+  <si>
+    <t>#51 Charles Wagner - WLB</t>
   </si>
   <si>
     <t>#1 James Woodruff - CB</t>
   </si>
   <si>
     <t>#42 Thomas Burrow - CB</t>
   </si>
   <si>
     <t>#74 Chris Kushner - RDE</t>
   </si>
   <si>
     <t>#72 Donald Stjohn - LT</t>
   </si>
   <si>
-    <t>#54 Thomas Lenihan - SLB</t>
+    <t>#57 Thomas Lenihan - SLB</t>
   </si>
   <si>
     <t>#50 James Ramirez - MLB</t>
   </si>
   <si>
     <t>#3 Curtis Dugas - K</t>
   </si>
   <si>
     <t>NYA</t>
   </si>
   <si>
     <t>NYA 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-NYA 25 (15:00) 40-Jose Hernandez ran to NYA 31 for 6 yards. Tackle by 98-Joseph Olson.</t>
   </si>
   <si>
     <t>#10 Gregory Moran - QB</t>
   </si>
   <si>
-    <t>#25 Steven Bennett - RB</t>
+    <t>#25 Steven Bennett - TE</t>
   </si>
   <si>
     <t>#30 Gerald Bartholomew - FB</t>
   </si>
   <si>
     <t>#84 Brian Kucera - TE</t>
   </si>
   <si>
     <t>#81 Ray Palmer - TE</t>
   </si>
   <si>
     <t>#67 Robert Contreras - LG</t>
   </si>
   <si>
-    <t>#59 Michael Brandy - C</t>
+    <t>#59 Michael Brandy - RT</t>
   </si>
   <si>
     <t>#51 Brad Contreras - RG</t>
   </si>
   <si>
     <t>#79 David Epstein - LDE</t>
   </si>
   <si>
     <t>#69 William Hamilton - DT</t>
   </si>
   <si>
     <t>#61 Jonathan Runyan - DT</t>
   </si>
   <si>
     <t>#76 Randy Starkey - DT</t>
   </si>
   <si>
     <t>#96 Gerald Chappell - LDE</t>
   </si>
   <si>
     <t>#94 Garland Lauritzen - MLB</t>
   </si>
   <si>
     <t>#98 Joseph Olson - MLB</t>
   </si>
   <si>
-    <t>#53 Albert Harvey - WLB</t>
+    <t>#91 Albert Harvey - WLB</t>
   </si>
   <si>
     <t>#37 Jamey Jim - CB</t>
   </si>
   <si>
     <t>#23 Scott Anderson - CB</t>
   </si>
   <si>
     <t>#48 James Carswell - SS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>NYA 31</t>
   </si>
   <si>
     <t>Strong I Normal FB Trap Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-4-NYA 31 (14:18) 30-Gerald Bartholomew ran to NYA 30 for -1 yards. Tackle by 53-Albert Harvey. CAR 69-William Hamilton was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -494,96 +494,96 @@
   <si>
     <t>3-10-NYA 36 (11:37) 10-Gregory Moran pass complete to 40-Jose Hernandez to NYA 45 for 9 yards. Tackle by 53-Albert Harvey.</t>
   </si>
   <si>
     <t>10:59</t>
   </si>
   <si>
     <t>NYA 45</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-NYA 45 (10:58) 7-Richard Pearce punts 66 yards to CAR -10.4-1-NYA 45 (10:58) 7-Richard Pearce punts 66 yards to CAR -10. Touchback.</t>
   </si>
   <si>
     <t>#7 Richard Pearce - P</t>
   </si>
   <si>
     <t>#32 Chris Harrington - RB</t>
   </si>
   <si>
-    <t>#18 Conrad Bailey - WR</t>
-[...2 lines deleted...]
-    <t>#66 Matthew Eskridge - RT</t>
+    <t>#81 Conrad Bailey - WR</t>
+  </si>
+  <si>
+    <t>#77 Matthew Eskridge - RT</t>
   </si>
   <si>
     <t>#73 Travis Miller - LT</t>
   </si>
   <si>
-    <t>#66 Harold Jackson - RT</t>
+    <t>#66 Harold Jackson - LT</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>CAR 20</t>
   </si>
   <si>
     <t>I Formation Big HB Counter Weak</t>
   </si>
   <si>
     <t>1-10-CAR 20 (10:49) 29-Robert Probst ran to CAR 23 for 3 yards. Tackle by 97-Edward Dominguez.</t>
   </si>
   <si>
     <t>#4 Harold Webb - QB</t>
   </si>
   <si>
     <t>#29 Robert Probst - RB</t>
   </si>
   <si>
     <t>#33 Lewis Derossett - FB</t>
   </si>
   <si>
     <t>#88 Brandon Barnes - TE</t>
   </si>
   <si>
     <t>#82 Kirk Oakes - TE</t>
   </si>
   <si>
-    <t>#85 Max Turner - WR</t>
+    <t>#12 Max Turner - WR</t>
   </si>
   <si>
     <t>#70 Charles Houston - LT</t>
   </si>
   <si>
-    <t>#60 Erin Hale - LG</t>
+    <t>#76 Erin Hale - LT</t>
   </si>
   <si>
     <t>#58 Teddy Gardner - C</t>
   </si>
   <si>
     <t>#67 Charles Smith - RG</t>
   </si>
   <si>
     <t>#71 Ralph Roberts - LDE</t>
   </si>
   <si>
     <t>#62 John Maurer - DT</t>
   </si>
   <si>
     <t>#65 George Vera - DT</t>
   </si>
   <si>
     <t>#76 Richard Britt - DT</t>
   </si>
   <si>
     <t>#97 Edward Dominguez - MLB</t>
   </si>
   <si>
     <t>#27 Eric Jones - CB</t>
   </si>
@@ -656,51 +656,51 @@
   <si>
     <t>#5 David Schwartz - K</t>
   </si>
   <si>
     <t>#62 Henry Schwindt - RT</t>
   </si>
   <si>
     <t>#54 David Ganey - WLB</t>
   </si>
   <si>
     <t>NYA 35</t>
   </si>
   <si>
     <t>(9:14) 5-David Schwartz kicks 74 yards from NYA 35 to CAR -9. Touchback.</t>
   </si>
   <si>
     <t>CAR 25</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>1-10-CAR 25 (9:14) 4-Harold Webb pass complete to 29-Robert Probst to CAR 27 for 2 yards. Tackle by 21-William Lachance.</t>
   </si>
   <si>
-    <t>#17 Kenneth Berry - WR</t>
+    <t>#15 Kenneth Berry - WR</t>
   </si>
   <si>
     <t>#39 Theron Goodwin - FS</t>
   </si>
   <si>
     <t>8:40</t>
   </si>
   <si>
     <t>CAR 27</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>2-8-CAR 27 (8:39) 29-Robert Probst ran to CAR 28 for 1 yards. Tackle by 65-George Vera. NYA 74-Chris Kushner was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>7:58</t>
   </si>
   <si>
     <t>CAR 28</t>
   </si>
@@ -713,51 +713,51 @@
   <si>
     <t>7:53</t>
   </si>
   <si>
     <t>CAR 18</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>3-17-CAR 18 (7:54) 4-Harold Webb pass complete to 17-Kenneth Berry to CAR 29 for 11 yards. Tackle by 41-Charles Wagner.</t>
   </si>
   <si>
     <t>7:20</t>
   </si>
   <si>
     <t>CAR 29</t>
   </si>
   <si>
     <t>4-6-CAR 29 (7:19) 13-Dustin Christensen punts 50 yards to NYA 20. Fair Catch by 40-Jose Hernandez.</t>
   </si>
   <si>
-    <t>#13 Dustin Christensen - P</t>
+    <t>#4 Dustin Christensen - P</t>
   </si>
   <si>
     <t>#75 Richard Gullion - RT</t>
   </si>
   <si>
     <t>#77 Raymond Johnson - LT</t>
   </si>
   <si>
     <t>7:12</t>
   </si>
   <si>
     <t>NYA 20</t>
   </si>
   <si>
     <t>1-10-NYA 20 (7:13) 30-Gerald Bartholomew ran to NYA 19 for -2 yards. Tackle by 53-Albert Harvey.</t>
   </si>
   <si>
     <t>6:41</t>
   </si>
   <si>
     <t>NYA 19</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
@@ -1643,78 +1643,78 @@
   <si>
     <t>2-6-CAR 29 (1:44) 4-Harold Webb pass complete to 88-Brandon Barnes to CAR 38 for 9 yards. Tackle by 50-James Ramirez. PENALTY - Pass Interference (NYA 50-James Ramirez) (Declined)</t>
   </si>
   <si>
     <t>1:39</t>
   </si>
   <si>
     <t>1-10-CAR 38 (1:40) 4-Harold Webb pass complete to 33-Lewis Derossett to CAR 49 for 11 yards. 33-Lewis Derossett breaks down the CB.</t>
   </si>
   <si>
     <t>1:35</t>
   </si>
   <si>
     <t>1-10-CAR 49 (1:36) 4-Harold Webb pass complete to 29-Robert Probst to NYA 36 for 15 yards. Pushed out of bounds by 27-Eric Jones. 29-Robert Probst made a great move on the CB. If the defense doesn't start mixing up their plays a bit more we might see more big gains like that one.</t>
   </si>
   <si>
     <t>1:29</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>1-10-NYA 36 (1:30) 4-Harold Webb pass complete to 20-Samuel Shrewsbury to NYA 22 for 14 yards. Pushed out of bounds by 41-Charles Wagner.</t>
   </si>
   <si>
-    <t>#48 Andrew Hood - SS</t>
+    <t>#69 Andrew Hood - LDE</t>
   </si>
   <si>
     <t>1:24</t>
   </si>
   <si>
     <t>1-10-NYA 22 (1:25) 32-Chris Harrington ran to NYA 18 for 4 yards. Tackle by 41-Charles Wagner.</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-6-NYA 18 (1:01) 4-Harold Webb ran to NYA 10 for 7 yards. Tackle by 21-William Lachance. PENALTY - Holding (CAR 58-Teddy Gardner)</t>
   </si>
   <si>
     <t>0:53</t>
   </si>
   <si>
     <t>NYA 28</t>
   </si>
   <si>
     <t>2-16-NYA 28 (0:54) (Hot Read) 4-Harold Webb pass incomplete, dropped by 29-Robert Probst. Pressure by 97-Edward Dominguez.</t>
   </si>
   <si>
     <t>#40 Leo Powell - RB</t>
   </si>
   <si>
-    <t>#33 Ronald McDaniels - SS</t>
+    <t>#25 Ronald McDaniels - SS</t>
   </si>
   <si>
     <t>0:50</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>3-16-NYA 28 (0:51) 4-Harold Webb sacked at NYA 35 for -8 yards (74-Chris Kushner). Sack allowed by 70-Charles Houston. 70-Charles Houston totally missed that block.</t>
   </si>
   <si>
     <t>0:30</t>
   </si>
   <si>
     <t>4-23-NYA 35 (0:29) 4-Harold Webb pass complete to 32-Chris Harrington to NYA 29 for 6 yards. Tackle by 41-Charles Wagner. Turnover on downs.</t>
   </si>
   <si>
     <t>0:24</t>
   </si>
   <si>
     <t>NYA 29</t>
   </si>
   <si>
     <t>Victory</t>
   </si>
@@ -2085,73 +2085,73 @@
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="331.348" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>