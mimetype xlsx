--- v0 (2025-11-17)
+++ v1 (2026-03-04)
@@ -290,102 +290,102 @@
   <si>
     <t>MIA</t>
   </si>
   <si>
     <t>MIA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Daniel Liller kicks 76 yards from MIA 35 to BUF -11. Touchback.</t>
   </si>
   <si>
     <t>#25 William McCall - RB</t>
   </si>
   <si>
     <t>#90 Jerome Neumann - RDE</t>
   </si>
   <si>
     <t>#96 Daniel Rosas - DT</t>
   </si>
   <si>
-    <t>#53 Jack Harris - WLB</t>
+    <t>#43 Jack Harris - MLB</t>
   </si>
   <si>
     <t>#98 Shane Noe - WLB</t>
   </si>
   <si>
-    <t>#62 Bradley Booker - DT</t>
+    <t>#54 Bradley Booker - DT</t>
   </si>
   <si>
     <t>#38 William Johnson - FS</t>
   </si>
   <si>
-    <t>#72 Jason Long - DT</t>
+    <t>#72 Jason Long - LDE</t>
   </si>
   <si>
     <t>#76 Jose Huffman - RDE</t>
   </si>
   <si>
     <t>#22 Richard Lewis - CB</t>
   </si>
   <si>
-    <t>#55 James Glade - MLB</t>
+    <t>#54 James Glade - MLB</t>
   </si>
   <si>
     <t>#9 Daniel Liller - K</t>
   </si>
   <si>
     <t>BUF</t>
   </si>
   <si>
     <t>BUF 25</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>Dime Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-BUF 25 (15:00) 6-Terry Leiser pass complete to 25-William McCall to BUF 26 for 1 yards. Tackle by 27-Charles Weiner. BUF 25-William McCall was injured on the play. He looks like he should be able to return. PENALTY - Facemask (MIA 27-Charles Weiner)</t>
   </si>
   <si>
     <t>#6 Terry Leiser - QB</t>
   </si>
   <si>
-    <t>#41 John Tarrant - FB</t>
+    <t>#62 John Tarrant - RG</t>
   </si>
   <si>
     <t>#85 Kurt Santana - TE</t>
   </si>
   <si>
-    <t>#82 Sean Taylor - WR</t>
+    <t>#19 Sean Taylor - WR</t>
   </si>
   <si>
     <t>#19 Robert Mitchell - WR</t>
   </si>
   <si>
     <t>#65 Jerry Easterling - RT</t>
   </si>
   <si>
     <t>#75 Robert Crawford - LG</t>
   </si>
   <si>
     <t>#70 Ellis Escobedo - C</t>
   </si>
   <si>
     <t>#52 Wilfredo Vidal - RG</t>
   </si>
   <si>
     <t>#30 Douglas Jones - RT</t>
   </si>
   <si>
     <t>#50 Felix Kaplan - LDE</t>
   </si>
   <si>
     <t>#68 Timothy Adkins - DT</t>
   </si>
@@ -494,120 +494,120 @@
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>3-5-MIA 39 (12:12) 36-Raul Carter ran to MIA 39 for a short gain. Tackle by 52-Dan Cooper.</t>
   </si>
   <si>
     <t>11:37</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-5-MIA 39 (11:36) 7-Steven Levasseur 57 yard field goal is NO GOOD. (Short)</t>
   </si>
   <si>
     <t>#59 Richard Griffin - C</t>
   </si>
   <si>
     <t>#7 Steven Levasseur - K</t>
   </si>
   <si>
-    <t>#90 Phillip Chandler - MLB</t>
-[...5 lines deleted...]
-    <t>#50 Peter Keenan - RT</t>
+    <t>#1 Phillip Chandler - SLB</t>
+  </si>
+  <si>
+    <t>#90 Donald Munoz - LDE</t>
+  </si>
+  <si>
+    <t>#50 Peter Keenan - RG</t>
   </si>
   <si>
     <t>#98 David Levinson - LDE</t>
   </si>
   <si>
     <t>#58 Chris Barrett - RDE</t>
   </si>
   <si>
     <t>#51 Aaron Johnson - MLB</t>
   </si>
   <si>
     <t>#47 Keith Napoli - RB</t>
   </si>
   <si>
     <t>#86 Julius Watts - TE</t>
   </si>
   <si>
     <t>#97 Philip Barker - DT</t>
   </si>
   <si>
     <t>#95 Greg Stanley - MLB</t>
   </si>
   <si>
     <t>11:31</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-MIA 46 (11:32) 5-Tommy Arnold pass incomplete, intended for 86-Julius Watts. 38-William Johnson got away with a hold on that play. PENALTY - Holding (MIA 74-Theodore Clark)</t>
   </si>
   <si>
     <t>#5 Tommy Arnold - QB</t>
   </si>
   <si>
     <t>#42 Matthew Ulmer - RB</t>
   </si>
   <si>
     <t>#44 Ollie Vick - FB</t>
   </si>
   <si>
-    <t>#15 Peter Black - WR</t>
+    <t>#8 Peter Black - WR</t>
   </si>
   <si>
     <t>#11 David Cooper - WR</t>
   </si>
   <si>
-    <t>#70 George McCallum - LT</t>
-[...2 lines deleted...]
-    <t>#61 Kevin Guillory - C</t>
+    <t>#72 George McCallum - RT</t>
+  </si>
+  <si>
+    <t>#71 Kevin Guillory - LT</t>
   </si>
   <si>
     <t>#73 Michael Holmes - C</t>
   </si>
   <si>
     <t>#74 Theodore Clark - LT</t>
   </si>
   <si>
-    <t>#78 Victor Jandreau - RT</t>
+    <t>#61 Victor Jandreau - RG</t>
   </si>
   <si>
     <t>#93 Edwin Quezada - SLB</t>
   </si>
   <si>
     <t>#97 Carl Shifflett - MLB</t>
   </si>
   <si>
     <t>#26 James Adams - CB</t>
   </si>
   <si>
     <t>#37 Rafael Calloway - SS</t>
   </si>
   <si>
     <t>11:28</t>
   </si>
   <si>
     <t>MIA 36</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
@@ -698,57 +698,57 @@
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-3-BUF 3 (8:05) 5-Tommy Arnold pass complete to 44-Ollie Vick for 3 yards. TOUCHDOWN! BUF 0 MIA 6</t>
   </si>
   <si>
     <t>8:02</t>
   </si>
   <si>
     <t>BUF 15</t>
   </si>
   <si>
     <t>(8:03) Extra point GOOD by 9-Daniel Liller. BUF 0 MIA 7</t>
   </si>
   <si>
     <t>#6 Kenneth Hammond - P</t>
   </si>
   <si>
     <t>#65 Travis Griggs - C</t>
   </si>
   <si>
-    <t>#75 William Sasse - RT</t>
+    <t>#75 William Sasse - LT</t>
   </si>
   <si>
     <t>#81 Charles Fontenot - TE</t>
   </si>
   <si>
-    <t>#58 Charlie Otis - MLB</t>
+    <t>#91 Charlie Otis - MLB</t>
   </si>
   <si>
     <t>#63 Adam Newman - DT</t>
   </si>
   <si>
     <t>(8:03) 9-Daniel Liller kicks 74 yards from MIA 35 to BUF -9. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>1-10-BUF 25 (8:03) 25-William McCall ran to BUF 24 for -1 yards. Tackle by 40-Gregory Castillo.</t>
   </si>
   <si>
     <t>7:23</t>
   </si>
   <si>
     <t>BUF 24</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>2-11-BUF 24 (7:22) 6-Terry Leiser pass Pass knocked down by 37-Walter Jenkins. incomplete, intended for 85-Kurt Santana.</t>
   </si>
@@ -1715,51 +1715,51 @@
   <si>
     <t>2:25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>1-10-MIA 20 (2:26) 44-Ollie Vick ran to MIA 21 for 1 yards. Tackle by 96-Daniel Rosas.</t>
   </si>
   <si>
     <t>2-9-MIA 21 (2:00) 47-Keith Napoli ran to MIA 41 for 19 yards. Tackle by 33-Vincent Sears. MIA 74-Theodore Clark was injured on the play.</t>
   </si>
   <si>
     <t>1:56</t>
   </si>
   <si>
     <t>Timeout BUF</t>
   </si>
   <si>
     <t>1:52</t>
   </si>
   <si>
     <t>1-10-MIA 41 (1:53) 21-Johnny Walls ran to MIA 44 for 3 yards. Tackle by 55-James Glade.</t>
   </si>
   <si>
-    <t>#54 Adam Hale - RG</t>
+    <t>#60 Adam Hale - RG</t>
   </si>
   <si>
     <t>2-7-MIA 44 (1:49) 47-Keith Napoli ran to MIA 44 for 1 yards. Tackle by 76-Jose Huffman.</t>
   </si>
   <si>
     <t>1:47</t>
   </si>
   <si>
     <t>1:44</t>
   </si>
   <si>
     <t>3-6-MIA 44 (1:45) 21-Johnny Walls ran to MIA 46 for 2 yards. Tackle by 96-Daniel Rosas.</t>
   </si>
   <si>
     <t>1:06</t>
   </si>
   <si>
     <t>4-4-MIA 46 (1:05) 6-Kenneth Hammond punts 42 yards to BUF 12.</t>
   </si>
   <si>
     <t>0:56</t>
   </si>
   <si>
     <t>BUF 12</t>
   </si>
@@ -2203,69 +2203,69 @@
     <col min="39" max="39" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">