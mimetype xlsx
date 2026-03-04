--- v0 (2025-11-17)
+++ v1 (2026-03-04)
@@ -281,147 +281,147 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>NED has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 19-Robert Davis kicks 73 yards from HOU 35 to NED -8. Touchback.</t>
   </si>
   <si>
-    <t>#18 Marshall Murphy - WR</t>
+    <t>#89 Marshall Murphy - TE</t>
   </si>
   <si>
     <t>#77 Francisco Mimms - LDE</t>
   </si>
   <si>
     <t>#24 Clyde Boyd - CB</t>
   </si>
   <si>
-    <t>#48 Justin Hucks - MLB</t>
-[...2 lines deleted...]
-    <t>#51 William Hillhouse - WLB</t>
+    <t>#39 Justin Hucks - FS</t>
+  </si>
+  <si>
+    <t>#91 William Hillhouse - DT</t>
   </si>
   <si>
     <t>#75 Don Cross - LDE</t>
   </si>
   <si>
     <t>#95 Herbert Royal - DT</t>
   </si>
   <si>
-    <t>#26 James Rae - CB</t>
+    <t>#53 James Rae - WLB</t>
   </si>
   <si>
     <t>#35 Francis Escobedo - CB</t>
   </si>
   <si>
     <t>#70 Michael Williams - DT</t>
   </si>
   <si>
-    <t>#20 Darryl Atkinson - CB</t>
+    <t>#44 Darryl Atkinson - CB</t>
   </si>
   <si>
     <t>#19 Robert Davis - K</t>
   </si>
   <si>
     <t>NED</t>
   </si>
   <si>
     <t>NED 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-NED 25 (15:00) 23-William Byars ran to NED 27 for 2 yards. Tackle by 49-William Howard.</t>
   </si>
   <si>
     <t>#9 David Gram - QB</t>
   </si>
   <si>
-    <t>#23 William Byars - RB</t>
-[...2 lines deleted...]
-    <t>#32 Jimmie Cabrera - FB</t>
+    <t>#23 William Byars - WR</t>
+  </si>
+  <si>
+    <t>#20 Jimmie Cabrera - FB</t>
   </si>
   <si>
     <t>#2 Steven Beard - WR</t>
   </si>
   <si>
     <t>#18 Johnny Wells - WR</t>
   </si>
   <si>
     <t>#69 Kenny Burke - LT</t>
   </si>
   <si>
     <t>#62 Neil Lane - RG</t>
   </si>
   <si>
     <t>#58 James Absher - C</t>
   </si>
   <si>
-    <t>#63 Claude Nicholson - RG</t>
+    <t>#63 Claude Nicholson - LT</t>
   </si>
   <si>
     <t>#67 Ralph Watanabe - RT</t>
   </si>
   <si>
     <t>#92 Eli Johnson - LDE</t>
   </si>
   <si>
-    <t>#98 Marion Chatterton - DT</t>
+    <t>#53 Marion Chatterton - DT</t>
   </si>
   <si>
     <t>#95 Vernon Bang - DT</t>
   </si>
   <si>
     <t>#96 Howard Dark - RDE</t>
   </si>
   <si>
     <t>#49 William Howard - MLB</t>
   </si>
   <si>
-    <t>#51 Andrew Turner - WLB</t>
+    <t>#41 Andrew Turner - WLB</t>
   </si>
   <si>
     <t>#29 Carlos Hanks - CB</t>
   </si>
   <si>
     <t>#23 Odis Stroud - CB</t>
   </si>
   <si>
     <t>#25 Patrick Chavez - CB</t>
   </si>
   <si>
     <t>#47 Tristan Herman - SS</t>
   </si>
   <si>
     <t>#27 Stephen Martin - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>NED 27</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
@@ -440,123 +440,123 @@
   <si>
     <t>#50 Gus Cate - SLB</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>NED 30</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>3-5-NED 30 (13:34) 23-William Byars ran to NED 33 for 3 yards. Tackle by 92-Eli Johnson.</t>
   </si>
   <si>
     <t>#85 Ronald Seery - TE</t>
   </si>
   <si>
     <t>#24 Kenneth Tomasini - CB</t>
   </si>
   <si>
-    <t>#43 Kermit Price - FS</t>
+    <t>#37 Kermit Price - CB</t>
   </si>
   <si>
     <t>12:59</t>
   </si>
   <si>
     <t>NED 33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-NED 33 (12:58) 1-Jeremiah Jessup punts 47 yards to HOU 20. Fair Catch by 10-Christopher Gaither.</t>
   </si>
   <si>
     <t>#1 Jeremiah Jessup - P</t>
   </si>
   <si>
-    <t>#57 Jose Owens - C</t>
+    <t>#74 Jose Owens - LT</t>
   </si>
   <si>
     <t>#10 Christopher Gaither - WR</t>
   </si>
   <si>
     <t>#38 Jacob Hoffman - SS</t>
   </si>
   <si>
-    <t>#64 Sean Smith - RG</t>
+    <t>#64 Sean Smith - LG</t>
   </si>
   <si>
     <t>#75 David Powell - LDE</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>HOU 20</t>
   </si>
   <si>
     <t>Singleback 4 Wide Quick Outs</t>
   </si>
   <si>
     <t>Dime Flat Overload Blitz</t>
   </si>
   <si>
     <t>1-10-HOU 20 (12:51) 5-Howard Ahmad pass complete to 82-Rafael Cuomo to HOU 30 for 10 yards. Tackle by 24-Clyde Boyd.</t>
   </si>
   <si>
     <t>#5 Howard Ahmad - QB</t>
   </si>
   <si>
     <t>#26 Timothy Dickerman - RB</t>
   </si>
   <si>
     <t>#15 Ernest Steele - WR</t>
   </si>
   <si>
-    <t>#17 Todd Ayers - WR</t>
+    <t>#87 Todd Ayers - WR</t>
   </si>
   <si>
     <t>#82 Rafael Cuomo - WR</t>
   </si>
   <si>
     <t>#76 Tom Denson - LT</t>
   </si>
   <si>
     <t>#56 Ray Rhea - LG</t>
   </si>
   <si>
-    <t>#70 John Brown - C</t>
+    <t>#59 John Brown - C</t>
   </si>
   <si>
     <t>#63 Bobby Watkins - RG</t>
   </si>
   <si>
     <t>#72 Vincent Jolly - RT</t>
   </si>
   <si>
     <t>#71 Marcus Behrens - DT</t>
   </si>
   <si>
     <t>#55 Dwight Hall - RDE</t>
   </si>
   <si>
     <t>#99 Randall Rivera - MLB</t>
   </si>
   <si>
     <t>#47 Milton Wright - CB</t>
   </si>
   <si>
     <t>#49 James Fletcher - SS</t>
   </si>
   <si>
     <t>12:12</t>
   </si>
@@ -620,105 +620,105 @@
   <si>
     <t>NED 50</t>
   </si>
   <si>
     <t>Dime Normal Prevent</t>
   </si>
   <si>
     <t>3-1-NED 50 (9:56) 5-Howard Ahmad pass complete to 17-Todd Ayers to NED 40 for 9 yards. Tackle by 55-Dwight Hall.</t>
   </si>
   <si>
     <t>9:20</t>
   </si>
   <si>
     <t>NED 40</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-NED 40 (9:19) 26-Timothy Dickerman ran to NED 39 for 1 yards. Tackle by 48-Justin Hucks.</t>
   </si>
   <si>
-    <t>#40 Eugene Andersen - FB</t>
-[...5 lines deleted...]
-    <t>#83 Stevie Manning - TE</t>
+    <t>#34 Eugene Andersen - FB</t>
+  </si>
+  <si>
+    <t>#43 David Ambrose - FB</t>
+  </si>
+  <si>
+    <t>#80 Stevie Manning - TE</t>
   </si>
   <si>
     <t>8:35</t>
   </si>
   <si>
     <t>NED 39</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-9-NED 39 (8:34) 36-Edward Samuel ran to NED 32 for 7 yards. 36-Edward Samuel FUMBLES (99-Randall Rivera) recovered by NED-99-Randall Rivera to NED 26 for -2 yards. Tackle by 36-Edward Samuel. HOU 15-Ernest Steele was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:28</t>
   </si>
   <si>
     <t>NED 26</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>1-10-NED 26 (8:29) 9-David Gram pass complete to 18-Johnny Wells to NED 29 for 3 yards. Tackle by 23-Odis Stroud.</t>
   </si>
   <si>
     <t>7:51</t>
   </si>
   <si>
     <t>NED 29</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-7-NED 29 (7:50) 23-William Byars ran to NED 30 for 1 yards. Tackle by 50-Gus Cate.</t>
   </si>
   <si>
     <t>#88 John Smith - TE</t>
   </si>
   <si>
-    <t>#84 Sean Haun - TE</t>
+    <t>#42 Sean Haun - FB</t>
   </si>
   <si>
     <t>7:18</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>3-7-NED 30 (7:17) 23-William Byars ran to NED 29 for a short loss. Tackle by 96-Howard Dark.</t>
   </si>
   <si>
     <t>6:40</t>
   </si>
   <si>
     <t>4-7-NED 29 (6:39) 1-Jeremiah Jessup punts 53 yards to HOU 17. 10-Christopher Gaither to HOU 18 for 1 yards. Tackle by 48-Justin Hucks.</t>
   </si>
   <si>
     <t>6:30</t>
   </si>
   <si>
     <t>HOU 18</t>
   </si>
   <si>
     <t>I Formation Power Play Action Bomb</t>
   </si>
@@ -839,63 +839,63 @@
   <si>
     <t>3:30</t>
   </si>
   <si>
     <t>2-12-NED 50 (3:29) 5-Howard Ahmad pass complete to 36-Edward Samuel to NED 38 for 11 yards. Tackle by 20-Darryl Atkinson.</t>
   </si>
   <si>
     <t>2:51</t>
   </si>
   <si>
     <t>NED 38</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>3-1-NED 38 (2:50) 5-Howard Ahmad pass Pass knocked down by 20-Darryl Atkinson. incomplete, intended for 87-Anthony Ulrich.</t>
   </si>
   <si>
     <t>2:47</t>
   </si>
   <si>
     <t>4-1-NED 38 (2:48) 19-Robert Davis 57 yard field goal is NO GOOD. (Short)</t>
   </si>
   <si>
-    <t>#73 David Ross - RT</t>
+    <t>#70 David Ross - RT</t>
   </si>
   <si>
     <t>#60 Gerald Johnson - C</t>
   </si>
   <si>
     <t>#79 Michael Allan - RDE</t>
   </si>
   <si>
     <t>#98 Phillip Merritt - MLB</t>
   </si>
   <si>
-    <t>#71 Vernon Smith - RDE</t>
+    <t>#52 Vernon Smith - LDE</t>
   </si>
   <si>
     <t>2:43</t>
   </si>
   <si>
     <t>NED 45</t>
   </si>
   <si>
     <t>1-10-NED 45 (2:44) 9-David Gram pass Pass knocked down by 29-Carlos Hanks. incomplete, intended for 18-Marshall Murphy. Pressure by 92-Eli Johnson. 29-Carlos Hanks got away with a hold on that play.</t>
   </si>
   <si>
     <t>2:39</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>2-10-NED 45 (2:40) 9-David Gram pass incomplete, dropped by 85-Ronald Seery. Pressure by 95-Vernon Bang.</t>
   </si>
   <si>
     <t>2:34</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
@@ -1466,51 +1466,51 @@
   <si>
     <t>8:40</t>
   </si>
   <si>
     <t>NED 47</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>2-4-NED 47 (8:39) 9-David Gram pass complete to 84-Sean Haun to HOU 34 for 19 yards. Tackle by 50-Gus Cate. Nice job by 84-Sean Haun on that route to lose his coverage.</t>
   </si>
   <si>
     <t>8:04</t>
   </si>
   <si>
     <t>HOU 34</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-HOU 34 (8:03) 23-William Byars ran to HOU 26 for 8 yards. Tackle by 24-Kenneth Tomasini.</t>
   </si>
   <si>
-    <t>#14 Juan Freed - WR</t>
+    <t>#40 Juan Freed - FB</t>
   </si>
   <si>
     <t>7:21</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>2-2-HOU 26 (7:20) 33-Joseph Escamilla ran to HOU 26 for 1 yards. Tackle by 96-Howard Dark. HOU 92-Eli Johnson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:41</t>
   </si>
   <si>
     <t>3-1-HOU 26 (6:40) 9-David Gram pass complete to 33-Joseph Escamilla to HOU 28 for -3 yards. Tackle by 29-Carlos Hanks.</t>
   </si>
   <si>
     <t>5:59</t>
   </si>
   <si>
     <t>4-4-HOU 28 (5:58) 3-Hugh Goldstein 45 yard field goal is NO GOOD. (Wide Left)</t>
   </si>
   <si>
     <t>5:53</t>
   </si>
@@ -2271,94 +2271,94 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="333.776" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">