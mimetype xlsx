--- v0 (2025-11-17)
+++ v1 (2026-03-04)
@@ -290,75 +290,75 @@
   <si>
     <t>TEN</t>
   </si>
   <si>
     <t>TEN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Scott Hutchinson kicks 71 yards from TEN 35 to JAX -6. 42-Jose Jordan to JAX 14 for 21 yards. Tackle by 23-Joseph Carlisle.</t>
   </si>
   <si>
     <t>#42 Jose Jordan - RB</t>
   </si>
   <si>
     <t>#69 Jay Oxley - LDE</t>
   </si>
   <si>
     <t>#41 Michael Hopes - SS</t>
   </si>
   <si>
-    <t>#58 John Gray - RDE</t>
+    <t>#58 John Gray - LDE</t>
   </si>
   <si>
     <t>#52 Fernando Noe - MLB</t>
   </si>
   <si>
-    <t>#75 Carl Villegas - RDE</t>
-[...2 lines deleted...]
-    <t>#50 Robert Coker - WLB</t>
+    <t>#75 Carl Villegas - DT</t>
+  </si>
+  <si>
+    <t>#50 Robert Coker - LDE</t>
   </si>
   <si>
     <t>#70 Matthew Dragoo - DT</t>
   </si>
   <si>
     <t>#65 Keith Frazier - DT</t>
   </si>
   <si>
-    <t>#27 John Putnam - CB</t>
-[...5 lines deleted...]
-    <t>#3 Scott Hutchinson - K</t>
+    <t>#27 John Putnam - DT</t>
+  </si>
+  <si>
+    <t>#29 Kenneth Debusk - DT</t>
+  </si>
+  <si>
+    <t>#9 Scott Hutchinson - K</t>
   </si>
   <si>
     <t>JAX</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>JAX 14</t>
   </si>
   <si>
     <t>I Formation 3WR PA Fullback Flat</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-JAX 14 (14:57) 15-Damian Barnett pass complete to 85-Dennis Holder to JAX 20 for 6 yards. Tackle by 55-Alonzo Myers.</t>
   </si>
   <si>
     <t>#15 Damian Barnett - QB</t>
   </si>
   <si>
     <t>#38 David McLaughlin - FB</t>
   </si>
@@ -389,81 +389,81 @@
   <si>
     <t>#62 Joshua Ng - RT</t>
   </si>
   <si>
     <t>#50 Dan Romo - LDE</t>
   </si>
   <si>
     <t>#77 William Gallegos - DT</t>
   </si>
   <si>
     <t>#93 Sean Bowen - DT</t>
   </si>
   <si>
     <t>#58 Lance Maxwell - RDE</t>
   </si>
   <si>
     <t>#55 Alonzo Myers - MLB</t>
   </si>
   <si>
     <t>#94 Alfonso Farnsworth - WLB</t>
   </si>
   <si>
     <t>#20 William Cottle - CB</t>
   </si>
   <si>
-    <t>#48 Michael Monroe - CB</t>
+    <t>#27 Michael Monroe - CB</t>
   </si>
   <si>
     <t>#23 Joseph Carlisle - CB</t>
   </si>
   <si>
     <t>#27 Michael Baird - SS</t>
   </si>
   <si>
     <t>#25 Robert Delmonte - FS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>JAX 20</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-4-JAX 20 (14:20) 42-Jose Jordan ran to JAX 22 for 2 yards. Tackle by 25-Robert Delmonte. JAX 42-Jose Jordan was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#89 Paul Melville - TE</t>
   </si>
   <si>
-    <t>#97 Joseph Klein - SLB</t>
+    <t>#96 Joseph Klein - SLB</t>
   </si>
   <si>
     <t>13:46</t>
   </si>
   <si>
     <t>JAX 22</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-3-JAX 22 (13:45) 15-Damian Barnett sacked at JAX 12 for -9 yards (58-Lance Maxwell). Sack allowed by 59-Raymond Hill.</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>JAX 12</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
@@ -491,162 +491,162 @@
   <si>
     <t>#67 Paul Grace - DT</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>TEN 48</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-TEN 48 (12:54) 11-Richard Casey pass complete to 22-Kevin Gilbert to JAX 49 for 3 yards. Tackle by 29-Kenneth Debusk.</t>
   </si>
   <si>
     <t>#11 Richard Casey - QB</t>
   </si>
   <si>
     <t>#22 Kevin Gilbert - RB</t>
   </si>
   <si>
-    <t>#43 Richard Moore - RB</t>
+    <t>#40 Richard Moore - RB</t>
   </si>
   <si>
     <t>#15 William Gonzalez - WR</t>
   </si>
   <si>
     <t>#14 Gary Estrada - WR</t>
   </si>
   <si>
     <t>#56 Michael Foster - LT</t>
   </si>
   <si>
     <t>#57 David Parker - LG</t>
   </si>
   <si>
     <t>#68 John Merriweather - C</t>
   </si>
   <si>
     <t>#74 Walter Reed - RG</t>
   </si>
   <si>
     <t>#52 Scott Ward - RT</t>
   </si>
   <si>
     <t>#78 Terence Vogel - DT</t>
   </si>
   <si>
     <t>#92 Marcus Reisinger - LDE</t>
   </si>
   <si>
-    <t>#90 John Richards - SLB</t>
-[...2 lines deleted...]
-    <t>#46 Bryan Hutchins - FS</t>
+    <t>#90 John Richards - LDE</t>
+  </si>
+  <si>
+    <t>#46 Bryan Hutchins - DT</t>
   </si>
   <si>
     <t>12:22</t>
   </si>
   <si>
     <t>JAX 49</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>2-7-JAX 49 (12:21) 11-Richard Casey pass complete to 22-Kevin Gilbert to JAX 39 for 9 yards. Tackle by 41-Michael Hopes.</t>
   </si>
   <si>
     <t>#38 Tom Rogers - FB</t>
   </si>
   <si>
     <t>#83 David Knight - TE</t>
   </si>
   <si>
     <t>11:45</t>
   </si>
   <si>
     <t>JAX 39</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-JAX 39 (11:44) 22-Kevin Gilbert ran to JAX 35 for 4 yards. Tackle by 50-Robert Coker.</t>
   </si>
   <si>
     <t>#24 Alan Desrosiers - RB</t>
   </si>
   <si>
     <t>#89 Thomas Riegel - TE</t>
   </si>
   <si>
-    <t>#33 Jeremy Smith - CB</t>
+    <t>#33 Jeremy Smith - DT</t>
   </si>
   <si>
     <t>#20 William Coakley - SS</t>
   </si>
   <si>
     <t>11:11</t>
   </si>
   <si>
     <t>JAX 35</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>2-6-JAX 35 (11:10) 11-Richard Casey pass complete to 43-Richard Moore to JAX 25 for 11 yards. Tackle by 50-Robert Coker.</t>
   </si>
   <si>
     <t>10:29</t>
   </si>
   <si>
     <t>JAX 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>1-10-JAX 25 (10:28) 11-Richard Casey pass Pass knocked down by 29-Kenneth Debusk. incomplete, intended for 88-Eugene Simon.</t>
   </si>
   <si>
-    <t>#94 Alfonso King - MLB</t>
-[...2 lines deleted...]
-    <t>#95 John Noe - WLB</t>
+    <t>#94 Alfonso King - DT</t>
+  </si>
+  <si>
+    <t>#95 John Noe - DT</t>
   </si>
   <si>
     <t>#49 Edward Holmes - FS</t>
   </si>
   <si>
     <t>10:23</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>2-10-JAX 25 (10:24) 11-Richard Casey pass Pass knocked down by 46-Bryan Hutchins. incomplete, intended for 15-William Gonzalez.</t>
   </si>
   <si>
     <t>10:20</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>3-10-JAX 25 (10:21) 11-Richard Casey sacked at JAX 35 for -10 yards (69-Jay Oxley). Sack allowed by 52-Scott Ward.</t>
   </si>
@@ -824,51 +824,51 @@
   <si>
     <t>TEN 45</t>
   </si>
   <si>
     <t>Split Backs Normal Posts</t>
   </si>
   <si>
     <t>2-1-TEN 45 (2:39) 15-Damian Barnett ran to TEN 37 for 8 yards. 15-Damian Barnett slides to avoid being hit.</t>
   </si>
   <si>
     <t>2:01</t>
   </si>
   <si>
     <t>TEN 37</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-TEN 37 (2:00) 15-Damian Barnett pass complete to 85-Dennis Holder to TEN 26 for 11 yards. Tackle by 55-Alonzo Myers.</t>
   </si>
   <si>
-    <t>#84 John Gross - TE</t>
+    <t>#84 John Gross - FB</t>
   </si>
   <si>
     <t>1:21</t>
   </si>
   <si>
     <t>TEN 26</t>
   </si>
   <si>
     <t>1-10-TEN 26 (1:20) 15-Damian Barnett pass Pass knocked down by 94-Alfonso Farnsworth. incomplete, intended for 81-Mark Calvin. 94-Alfonso Farnsworth got away with a hold on that play.</t>
   </si>
   <si>
     <t>1:16</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>2-10-TEN 26 (1:17) 42-Jose Jordan ran to TEN 21 for 4 yards. Tackle by 94-Alfonso Farnsworth.</t>
   </si>
   <si>
     <t>#86 Juan Aziz - WR</t>
   </si>
   <si>
     <t>0:36</t>
   </si>
@@ -1481,51 +1481,51 @@
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-6-JAX 39 (1:05) 38-David McLaughlin ran to JAX 42 for 4 yards. Tackle by 27-Michael Baird.</t>
   </si>
   <si>
     <t>0:28</t>
   </si>
   <si>
     <t>JAX 42</t>
   </si>
   <si>
     <t>3-3-JAX 42 (0:27) 15-Damian Barnett ran to TEN 48 for 10 yards. 15-Damian Barnett slides to avoid being hit. TEN 58-Lance Maxwell was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-TEN 48 (15:00) 38-David McLaughlin ran to TEN 49 for -1 yards. Tackle by 77-William Gallegos.</t>
   </si>
   <si>
-    <t>#80 Larry Hunter - LT</t>
+    <t>#54 Larry Hunter - LG</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>2-11-TEN 49 (14:19) 42-Jose Jordan ran to TEN 43 for 6 yards. Tackle by 55-Alonzo Myers.</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>3-5-TEN 43 (13:45) 15-Damian Barnett pass complete to 38-David McLaughlin to TEN 40 for 4 yards. Tackle by 50-Dan Romo.</t>
   </si>
   <si>
     <t>13:11</t>
   </si>
   <si>
     <t>4-2-TEN 40 (13:10) 6-Jerome Shearer punts 37 yards to TEN 2.</t>
   </si>
   <si>
     <t>12:59</t>
   </si>
   <si>
     <t>TEN 2</t>
   </si>
@@ -1643,51 +1643,51 @@
   <si>
     <t>3-10-JAX 47 (9:02) 15-Damian Barnett pass complete to 38-David McLaughlin to TEN 50 for 3 yards. Tackle by 97-Joseph Klein.</t>
   </si>
   <si>
     <t>8:21</t>
   </si>
   <si>
     <t>TEN 50</t>
   </si>
   <si>
     <t>4-7-TEN 50 (8:20) 6-Jerome Shearer punts 39 yards to TEN 11.</t>
   </si>
   <si>
     <t>8:12</t>
   </si>
   <si>
     <t>TEN 11</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-TEN 11 (8:13) 22-Kevin Gilbert ran to TEN 14 for 3 yards. Tackle by 78-Terence Vogel.</t>
   </si>
   <si>
-    <t>#91 Michael McDowell - SLB</t>
+    <t>#91 Michael McDowell - DT</t>
   </si>
   <si>
     <t>7:37</t>
   </si>
   <si>
     <t>TEN 14</t>
   </si>
   <si>
     <t>2-7-TEN 14 (7:36) 22-Kevin Gilbert ran to TEN 19 for 5 yards. Tackle by 41-Michael Hopes.</t>
   </si>
   <si>
     <t>6:58</t>
   </si>
   <si>
     <t>TEN 19</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>3-2-TEN 19 (6:57) 43-Richard Moore ran to TEN 22 for 3 yards. Tackle by 50-Robert Coker.</t>
   </si>
   <si>
     <t>6:23</t>
   </si>
@@ -2190,72 +2190,72 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="456.46" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>