--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -311,51 +311,51 @@
   <si>
     <t>#37 William Ong - FS</t>
   </si>
   <si>
     <t>#66 Andrew Bouton - RDE</t>
   </si>
   <si>
     <t>#99 William Myrick - SLB</t>
   </si>
   <si>
     <t>#92 Kyle Koch - MLB</t>
   </si>
   <si>
     <t>#58 Justin Norris - WLB</t>
   </si>
   <si>
     <t>#95 Manuel Jaramillo - SLB</t>
   </si>
   <si>
     <t>#29 Adam Moore - CB</t>
   </si>
   <si>
     <t>#98 Long Whaley - LDE</t>
   </si>
   <si>
-    <t>#49 Louie Long - CB</t>
+    <t>#39 Louie Long - CB</t>
   </si>
   <si>
     <t>#15 Robert Johnson - K</t>
   </si>
   <si>
     <t>BAL</t>
   </si>
   <si>
     <t>BAL 25</t>
   </si>
   <si>
     <t>I Formation Twin WR Slot Hitch</t>
   </si>
   <si>
     <t>3-4 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-BAL 25 (15:00) 16-Ronnie Pepin pass Pass knocked down by 49-Coleman Cooper. incomplete, intended for 86-William Love.</t>
   </si>
   <si>
     <t>#16 Ronnie Pepin - QB</t>
   </si>
   <si>
     <t>#46 Christopher Tyson - RB</t>
   </si>
@@ -365,150 +365,150 @@
   <si>
     <t>#86 William Love - TE</t>
   </si>
   <si>
     <t>#19 Clinton Moses - WR</t>
   </si>
   <si>
     <t>#73 Micheal Nelsen - LT</t>
   </si>
   <si>
     <t>#74 Alberto Tynes - LG</t>
   </si>
   <si>
     <t>#71 John Metz - C</t>
   </si>
   <si>
     <t>#60 Eddie Bright - RG</t>
   </si>
   <si>
     <t>#67 Eddie Doherty - RT</t>
   </si>
   <si>
     <t>#94 Eric Schmitt - LDE</t>
   </si>
   <si>
-    <t>#72 James Patton - DT</t>
-[...5 lines deleted...]
-    <t>#48 Robert Carter - SLB</t>
+    <t>#65 James Patton - DT</t>
+  </si>
+  <si>
+    <t>#90 Norman Pettaway - DT</t>
+  </si>
+  <si>
+    <t>#2 Robert Carter - WLB</t>
   </si>
   <si>
     <t>#50 Curt Price - MLB</t>
   </si>
   <si>
     <t>#92 Edward Butler - MLB</t>
   </si>
   <si>
     <t>#45 William Donnelly - WLB</t>
   </si>
   <si>
     <t>#26 Charles Wells - CB</t>
   </si>
   <si>
     <t>#28 Donald Lincoln - CB</t>
   </si>
   <si>
     <t>#35 John Reynolds - SS</t>
   </si>
   <si>
     <t>#49 Coleman Cooper - FS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-10-BAL 25 (14:57) 16-Ronnie Pepin pass INTERCEPTED by 28-Donald Lincoln at BAL 30. 28-Donald Lincoln to BAL 0 for 30 yards. TOUCHDOWN! OAK 6 BAL 0</t>
   </si>
   <si>
     <t>#2 Timothy Lord - FB</t>
   </si>
   <si>
     <t>#91 Robert Long - LDE</t>
   </si>
   <si>
-    <t>#73 Clayton Brown - DT</t>
+    <t>#70 Clayton Brown - DT</t>
   </si>
   <si>
     <t>14:48</t>
   </si>
   <si>
     <t>BAL 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(14:49) Extra point GOOD by 15-Robert Johnson. OAK 7 BAL 0</t>
   </si>
   <si>
     <t>#14 John Toro - QB</t>
   </si>
   <si>
     <t>#67 Peter Check - RT</t>
   </si>
   <si>
     <t>#71 Blaine Malmberg - DT</t>
   </si>
   <si>
     <t>#60 John Wright - LG</t>
   </si>
   <si>
     <t>#58 Rickey Cagle - C</t>
   </si>
   <si>
     <t>#74 Lyndon Drake - RG</t>
   </si>
   <si>
     <t>#53 Ray Dahl - RT</t>
   </si>
   <si>
     <t>#56 Henry Musgrove - LG</t>
   </si>
   <si>
     <t>#57 Donald Wolfe - C</t>
   </si>
   <si>
-    <t>#62 Mike Cunha - LG</t>
+    <t>#66 Mike Cunha - LG</t>
   </si>
   <si>
     <t>#26 William Francis - CB</t>
   </si>
   <si>
-    <t>#70 Emil Demoss - DT</t>
+    <t>#79 Emil Demoss - DT</t>
   </si>
   <si>
     <t>#43 Rod Carr - SS</t>
   </si>
   <si>
     <t>(14:49) 15-Robert Johnson kicks 74 yards from OAK 35 to BAL -9. Touchback.</t>
   </si>
   <si>
     <t>Singleback Normal FL Go</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-BAL 25 (14:49) 16-Ronnie Pepin pass Pass knocked down by 27-Gary Morse. incomplete, intended for 12-Kennith Lawrence.</t>
   </si>
   <si>
     <t>#12 Kennith Lawrence - WR</t>
   </si>
   <si>
     <t>#27 Gary Morse - CB</t>
   </si>
   <si>
     <t>14:44</t>
   </si>
@@ -629,51 +629,51 @@
   <si>
     <t>#79 Philip Cottrell - RDE</t>
   </si>
   <si>
     <t>#18 Douglas Williams - WR</t>
   </si>
   <si>
     <t>#56 Ronald Davis - LG</t>
   </si>
   <si>
     <t>#78 Christopher Moats - C</t>
   </si>
   <si>
     <t>10:58</t>
   </si>
   <si>
     <t>OAK 20</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-OAK 20 (10:59) 20-Pete Gardner ran to OAK 25 for 5 yards. Tackle by 58-Justin Norris.</t>
   </si>
   <si>
-    <t>#18 John Wade - QB</t>
+    <t>#13 John Wade - QB</t>
   </si>
   <si>
     <t>#20 Pete Gardner - RB</t>
   </si>
   <si>
     <t>#33 Steven Zimmerman - FB</t>
   </si>
   <si>
     <t>#83 Larry Santos - WR</t>
   </si>
   <si>
     <t>#19 Floyd Treat - WR</t>
   </si>
   <si>
     <t>#10 Kenneth Nale - WR</t>
   </si>
   <si>
     <t>#35 Robert Beers - CB</t>
   </si>
   <si>
     <t>#36 William Jacobs - SS</t>
   </si>
   <si>
     <t>10:18</t>
   </si>
@@ -731,51 +731,51 @@
   <si>
     <t>8:21</t>
   </si>
   <si>
     <t>OAK 23</t>
   </si>
   <si>
     <t>4-22-OAK 23 (8:20) 6-Jackie Davis punts 51 yards to BAL 26.</t>
   </si>
   <si>
     <t>#6 Jackie Davis - P</t>
   </si>
   <si>
     <t>8:11</t>
   </si>
   <si>
     <t>BAL 26</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>1-10-BAL 26 (8:12) 46-Christopher Tyson ran to BAL 35 for 9 yards. Tackle by 35-John Reynolds.</t>
   </si>
   <si>
-    <t>#43 Lawrence Judd - MLB</t>
+    <t>#43 Lawrence Judd - SLB</t>
   </si>
   <si>
     <t>7:33</t>
   </si>
   <si>
     <t>BAL 35</t>
   </si>
   <si>
     <t>2-1-BAL 35 (7:32) 16-Ronnie Pepin pass incomplete, intended for 86-William Love. OAK 72-James Patton was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>7:29</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>3-1-BAL 35 (7:30) 16-Ronnie Pepin pass complete to 46-Christopher Tyson to BAL 38 for 4 yards.</t>
   </si>
   <si>
     <t>6:51</t>
   </si>
   <si>
     <t>1-10-BAL 38 (6:50) 16-Ronnie Pepin pass Pass knocked down by 27-Gary Morse. incomplete, intended for 18-Marvin Allen.</t>
   </si>
@@ -893,51 +893,51 @@
   <si>
     <t>OAK 44</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>2-3-OAK 44 (3:17) 20-Pete Gardner ran to OAK 43 for -1 yards. 20-Pete Gardner FUMBLES (98-Long Whaley) Tackle by 49-Louie Long.</t>
   </si>
   <si>
     <t>2:32</t>
   </si>
   <si>
     <t>BAL 46</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-BAL 46 (2:31) 31-Gerald Hanes ran to BAL 43 for 3 yards. Tackle by 70-Emil Demoss.</t>
   </si>
   <si>
-    <t>#31 Gerald Hanes - RB</t>
+    <t>#34 Gerald Hanes - RB</t>
   </si>
   <si>
     <t>#31 Richard Francisco - FS</t>
   </si>
   <si>
     <t>1:55</t>
   </si>
   <si>
     <t>BAL 43</t>
   </si>
   <si>
     <t>2-7-BAL 43 (1:54) 18-John Wade pass complete to 88-Mark Velez for 43 yards. TOUCHDOWN! OAK 13 BAL 7</t>
   </si>
   <si>
     <t>1:46</t>
   </si>
   <si>
     <t>(1:47) Extra point GOOD by 15-Robert Johnson. OAK 14 BAL 7</t>
   </si>
   <si>
     <t>(1:47) 15-Robert Johnson kicks 69 yards from OAK 35 to BAL -4. 18-Marvin Allen to BAL 21 for 26 yards. Tackle by 18-Douglas Williams.</t>
   </si>
   <si>
     <t>1:42</t>
   </si>
@@ -1175,51 +1175,51 @@
   <si>
     <t>1-10-OAK 50 (7:36) 20-Pete Gardner ran to BAL 48 for 2 yards. Tackle by 70-Emil Demoss.</t>
   </si>
   <si>
     <t>7:02</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>2-8-BAL 48 (7:01) 20-Pete Gardner ran to BAL 44 for 4 yards. Tackle by 36-William Jacobs.</t>
   </si>
   <si>
     <t>6:21</t>
   </si>
   <si>
     <t>3-4-BAL 44 (6:20) 20-Pete Gardner ran to BAL 26 for 18 yards. Tackle by 36-William Jacobs.</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>1-10-BAL 26 (5:33) 31-Gerald Hanes ran to BAL 22 for 4 yards. Tackle by 92-Kyle Koch.</t>
   </si>
   <si>
-    <t>#32 Merle Pace - RB</t>
+    <t>#32 Merle Pace - WR</t>
   </si>
   <si>
     <t>4:54</t>
   </si>
   <si>
     <t>BAL 22</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>2-6-BAL 22 (4:53) 18-John Wade pass complete to 19-Floyd Treat to BAL 19 for 2 yards. Tackle by 35-Robert Beers.</t>
   </si>
   <si>
     <t>4:11</t>
   </si>
   <si>
     <t>BAL 19</t>
   </si>
   <si>
     <t>3-3-BAL 19 (4:10) 20-Pete Gardner ran to BAL 19 for a short gain. Tackle by 66-Andrew Bouton.</t>
   </si>
   <si>
     <t>3:28</t>
   </si>
@@ -2381,95 +2381,95 @@
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="344.345" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">