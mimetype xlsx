--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -290,66 +290,66 @@
   <si>
     <t>JAX</t>
   </si>
   <si>
     <t>JAX 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 14-Thomas McFarland kicks 71 yards from JAX 35 to PIT -6. Touchback.</t>
   </si>
   <si>
     <t>#23 Matthew Campanella - RB</t>
   </si>
   <si>
     <t>#91 Dewayne Sirois - SLB</t>
   </si>
   <si>
     <t>#73 Aubrey Chambers - RDE</t>
   </si>
   <si>
-    <t>#24 Sean Edmonds - CB</t>
-[...5 lines deleted...]
-    <t>#53 James Wildman - WLB</t>
+    <t>#24 Sean Edmonds - FS</t>
+  </si>
+  <si>
+    <t>#97 John Howard - DT</t>
+  </si>
+  <si>
+    <t>#53 James Wildman - SLB</t>
   </si>
   <si>
     <t>#55 Charles Carmichael - DT</t>
   </si>
   <si>
     <t>#26 Marshall Campos - CB</t>
   </si>
   <si>
-    <t>#69 Reginald Frierson - DT</t>
+    <t>#69 Reginald Frierson - LDE</t>
   </si>
   <si>
     <t>#39 George Brandenburg - CB</t>
   </si>
   <si>
     <t>#58 Gary Pope - LDE</t>
   </si>
   <si>
     <t>#14 Thomas McFarland - K</t>
   </si>
   <si>
     <t>PIT</t>
   </si>
   <si>
     <t>PIT 25</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-PIT 25 (15:00) 4-James Castillo pass Pass knocked down by 46-Bryan Hutchins. incomplete, intended for 81-George Archuleta. JAX 99-Michael Phipps was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -362,159 +362,159 @@
   <si>
     <t>#20 Christopher Ritchey - FB</t>
   </si>
   <si>
     <t>#81 George Archuleta - TE</t>
   </si>
   <si>
     <t>#87 Gregg Hoffman - WR</t>
   </si>
   <si>
     <t>#18 William Perkins - WR</t>
   </si>
   <si>
     <t>#64 Salvatore Cuellar - LT</t>
   </si>
   <si>
     <t>#78 Glenn Heim - LG</t>
   </si>
   <si>
     <t>#62 Tad Parker - C</t>
   </si>
   <si>
     <t>#72 Edward Toro - RG</t>
   </si>
   <si>
-    <t>#75 Steven Pinder - RT</t>
+    <t>#51 Steven Pinder - LT</t>
   </si>
   <si>
     <t>#99 Michael Phipps - DT</t>
   </si>
   <si>
     <t>#78 Terence Vogel - DT</t>
   </si>
   <si>
     <t>#53 Jeffrey Malinowski - DT</t>
   </si>
   <si>
     <t>#92 Marcus Reisinger - LDE</t>
   </si>
   <si>
-    <t>#91 Michael McDowell - SLB</t>
+    <t>#91 Michael McDowell - DT</t>
   </si>
   <si>
     <t>#52 Fernando Noe - MLB</t>
   </si>
   <si>
-    <t>#50 Robert Coker - WLB</t>
-[...5 lines deleted...]
-    <t>#27 John Putnam - CB</t>
+    <t>#50 Robert Coker - LDE</t>
+  </si>
+  <si>
+    <t>#29 Kenneth Debusk - DT</t>
+  </si>
+  <si>
+    <t>#27 John Putnam - DT</t>
   </si>
   <si>
     <t>#41 Michael Hopes - SS</t>
   </si>
   <si>
-    <t>#46 Bryan Hutchins - FS</t>
+    <t>#46 Bryan Hutchins - DT</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-10-PIT 25 (14:56) 4-James Castillo sacked at PIT 17 for -8 yards (58-John Gray). Sack allowed by 64-Salvatore Cuellar.</t>
   </si>
   <si>
     <t>#14 Russell Gargano - WR</t>
   </si>
   <si>
     <t>#69 Jay Oxley - LDE</t>
   </si>
   <si>
     <t>#70 Matthew Dragoo - DT</t>
   </si>
   <si>
     <t>#65 Keith Frazier - DT</t>
   </si>
   <si>
-    <t>#58 John Gray - RDE</t>
-[...2 lines deleted...]
-    <t>#33 Jeremy Smith - CB</t>
+    <t>#58 John Gray - LDE</t>
+  </si>
+  <si>
+    <t>#33 Jeremy Smith - DT</t>
   </si>
   <si>
     <t>#20 William Coakley - SS</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>PIT 17</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>3-18-PIT 17 (14:12) 4-James Castillo pass Pass knocked down by 27-John Putnam. incomplete, intended for 87-Gregg Hoffman.</t>
   </si>
   <si>
     <t>14:08</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-18-PIT 17 (14:09) 2-Michael Frye punts 51 yards to JAX 32. Fair Catch by 83-Brady James.</t>
   </si>
   <si>
     <t>#2 Michael Frye - P</t>
   </si>
   <si>
     <t>#74 Joe Hall - RT</t>
   </si>
   <si>
     <t>#83 Brady James - WR</t>
   </si>
   <si>
     <t>#60 Thomas Washington - LG</t>
   </si>
   <si>
-    <t>#80 Freddie Beverly - TE</t>
-[...2 lines deleted...]
-    <t>#75 Carl Villegas - RDE</t>
+    <t>#88 Freddie Beverly - TE</t>
+  </si>
+  <si>
+    <t>#75 Carl Villegas - DT</t>
   </si>
   <si>
     <t>14:01</t>
   </si>
   <si>
     <t>JAX 32</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-JAX 32 (14:02) 15-Damian Barnett pass complete to 85-Dennis Holder to JAX 43 for 12 yards. Tackle by 26-Marshall Campos.</t>
   </si>
   <si>
     <t>#15 Damian Barnett - QB</t>
   </si>
   <si>
     <t>#36 Robert Russell - RB</t>
   </si>
   <si>
     <t>#89 Paul Melville - TE</t>
   </si>
@@ -545,51 +545,51 @@
   <si>
     <t>#38 Hugo Farley - SS</t>
   </si>
   <si>
     <t>#37 Dominic Watson - CB</t>
   </si>
   <si>
     <t>13:17</t>
   </si>
   <si>
     <t>JAX 43</t>
   </si>
   <si>
     <t>Weak I Big WR Post TE Out</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-JAX 43 (13:16) 15-Damian Barnett pass complete to 36-Robert Russell to JAX 48 for 4 yards. Tackle by 91-Dewayne Sirois. Pressure by 56-Ralph Navarrete.</t>
   </si>
   <si>
     <t>#38 David McLaughlin - FB</t>
   </si>
   <si>
-    <t>#84 John Gross - TE</t>
+    <t>#84 John Gross - FB</t>
   </si>
   <si>
     <t>#99 Charles Iniguez - LDE</t>
   </si>
   <si>
     <t>12:35</t>
   </si>
   <si>
     <t>JAX 48</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>2-6-JAX 48 (12:34) 36-Robert Russell ran to JAX 47 for -1 yards. Tackle by 38-Hugo Farley.</t>
   </si>
   <si>
     <t>11:59</t>
   </si>
   <si>
     <t>JAX 47</t>
   </si>
@@ -785,54 +785,54 @@
   <si>
     <t>(7:06) Extra point GOOD by 14-Thomas McFarland. PIT 0 JAX 14</t>
   </si>
   <si>
     <t>(7:06) 14-Thomas McFarland kicks 68 yards from JAX 35 to PIT -3. 23-Matthew Campanella to PIT 30 for 33 yards. Tackle by 29-Kenneth Debusk.</t>
   </si>
   <si>
     <t>7:00</t>
   </si>
   <si>
     <t>PIT 30</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-PIT 30 (7:01) 4-James Castillo pass complete to 20-Christopher Ritchey to PIT 30 for a short gain. Tackle by 91-Michael McDowell. JAX 92-Marcus Reisinger was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#32 Kenneth Parker - RB</t>
   </si>
   <si>
-    <t>#94 Alfonso King - MLB</t>
-[...2 lines deleted...]
-    <t>#95 John Noe - WLB</t>
+    <t>#94 Alfonso King - DT</t>
+  </si>
+  <si>
+    <t>#95 John Noe - DT</t>
   </si>
   <si>
     <t>6:26</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-10-PIT 30 (6:25) 4-James Castillo pass incomplete, intended for 18-William Perkins.</t>
   </si>
   <si>
     <t>6:21</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>3-10-PIT 30 (6:22) 4-James Castillo pass INTERCEPTED by 27-John Putnam at PIT 38. 27-John Putnam to PIT 37 for 1 yards. Tackle by 18-William Perkins.</t>
   </si>
@@ -1292,51 +1292,51 @@
   <si>
     <t>1:20</t>
   </si>
   <si>
     <t>2-9-PIT 9 (1:19) 15-Damian Barnett pass complete to 83-Brady James to PIT 5 for 3 yards. Tackle by 38-Hugo Farley. JAX 59-Raymond Hill was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>1:17</t>
   </si>
   <si>
     <t>Timeout JAX</t>
   </si>
   <si>
     <t>1:14</t>
   </si>
   <si>
     <t>PIT 5</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>3-5-PIT 5 (1:15) 15-Damian Barnett sacked at PIT 15 for -10 yards (55-Charles Carmichael). Sack allowed by 77-John Garcia.</t>
   </si>
   <si>
-    <t>#80 Larry Hunter - LT</t>
+    <t>#54 Larry Hunter - LG</t>
   </si>
   <si>
     <t>0:31</t>
   </si>
   <si>
     <t>4-15-PIT 15 (0:30) 14-Thomas McFarland 33 yard field goal is GOOD. PIT 0 JAX 17</t>
   </si>
   <si>
     <t>#68 Dennis Hines - RG</t>
   </si>
   <si>
     <t>(0:28) 14-Thomas McFarland kicks 75 yards from JAX 35 to PIT -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-PIT 25 (0:28) 35-Thomas Gibson ran to PIT 30 for 5 yards. Tackle by 91-Michael McDowell. JAX 78-Terence Vogel was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>PIT 35</t>
   </si>
   <si>
     <t>(15:00) 7-David Thompson kicks 66 yards from PIT 35 to JAX -1. 83-Brady James to JAX 30 for 32 yards. Tackle by 58-Gary Pope.</t>
   </si>
@@ -2382,74 +2382,74 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="424.611" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>