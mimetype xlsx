--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -347,81 +347,81 @@
   <si>
     <t>I Formation Normal HB Toss Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-MIN 25 (15:00) 30-Bruce Allen ran to MIN 30 for 5 yards. Tackle by 93-Joe Sather.</t>
   </si>
   <si>
     <t>#18 Zachery Mendez - QB</t>
   </si>
   <si>
     <t>#25 Joesph Kent - RB</t>
   </si>
   <si>
     <t>#86 Rudy Stevens - TE</t>
   </si>
   <si>
     <t>#83 William Gorman - WR</t>
   </si>
   <si>
     <t>#81 Kevin Jackson - WR</t>
   </si>
   <si>
-    <t>#62 Cecil Ruiz - LT</t>
+    <t>#66 Cecil Ruiz - LT</t>
   </si>
   <si>
     <t>#72 Larry Harding - C</t>
   </si>
   <si>
     <t>#69 Fred Wilson - RG</t>
   </si>
   <si>
     <t>#64 Tony Knudson - RT</t>
   </si>
   <si>
     <t>#65 Charles Keaton - LDE</t>
   </si>
   <si>
     <t>#75 Jeff McGann - DT</t>
   </si>
   <si>
     <t>#76 Jerry Parrish - DT</t>
   </si>
   <si>
     <t>#94 William White - RDE</t>
   </si>
   <si>
-    <t>#93 Joe Sather - SLB</t>
+    <t>#52 Joe Sather - SLB</t>
   </si>
   <si>
     <t>#50 Kenny Kornegay - MLB</t>
   </si>
   <si>
-    <t>#96 Justin Brumbaugh - WLB</t>
+    <t>#48 Justin Brumbaugh - WLB</t>
   </si>
   <si>
     <t>#28 Richard Santana - CB</t>
   </si>
   <si>
     <t>#49 Conrad Johnson - CB</t>
   </si>
   <si>
     <t>#31 Glen Speirs - CB</t>
   </si>
   <si>
     <t>#35 Curtis Shaughnessy - FS</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>MIN 30</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
@@ -503,51 +503,51 @@
   <si>
     <t>11:14</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-MIN 46 (11:13) PENALTY - False Start (MIN 62-Cecil Ruiz)</t>
   </si>
   <si>
     <t>#15 George Woodworth - P</t>
   </si>
   <si>
     <t>#80 Dennis Killion - WR</t>
   </si>
   <si>
     <t>#73 John Mendoza - LDE</t>
   </si>
   <si>
     <t>#64 Michael King - RT</t>
   </si>
   <si>
-    <t>#75 Lewis Page - RG</t>
+    <t>#54 Lewis Page - C</t>
   </si>
   <si>
     <t>#92 Michael Stowe - LDE</t>
   </si>
   <si>
     <t>11:12</t>
   </si>
   <si>
     <t>MIN 41</t>
   </si>
   <si>
     <t>4-8-MIN 41 (11:13) 15-George Woodworth punts 42 yards to KCY 17.</t>
   </si>
   <si>
     <t>#94 Marvin Smith - WLB</t>
   </si>
   <si>
     <t>11:04</t>
   </si>
   <si>
     <t>KCY 17</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
@@ -563,87 +563,87 @@
   <si>
     <t>#37 Thomas Prickett - RB</t>
   </si>
   <si>
     <t>#34 Johnathon Adams - FB</t>
   </si>
   <si>
     <t>#81 Lucas Potts - TE</t>
   </si>
   <si>
     <t>#88 George Schmid - WR</t>
   </si>
   <si>
     <t>#74 Daniel Reece - LT</t>
   </si>
   <si>
     <t>#72 Raymond Dail - LG</t>
   </si>
   <si>
     <t>#60 Warren Driver - C</t>
   </si>
   <si>
     <t>#63 Terry Dardar - RG</t>
   </si>
   <si>
-    <t>#95 Harvey Gill - DT</t>
+    <t>#72 Harvey Gill - DT</t>
   </si>
   <si>
     <t>#77 David Malone - DT</t>
   </si>
   <si>
     <t>#34 Roland Gibson - FS</t>
   </si>
   <si>
     <t>10:22</t>
   </si>
   <si>
     <t>KCY 20</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>2-7-KCY 20 (10:21) 37-Thomas Prickett ran to KCY 22 for 2 yards. Tackle by 77-David Malone.</t>
   </si>
   <si>
     <t>9:38</t>
   </si>
   <si>
     <t>KCY 22</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>3-5-KCY 22 (9:37) 10-Howard Graham pass complete to 37-Thomas Prickett to KCY 30 for 9 yards. Tackle by 53-Anthony Harrison.</t>
   </si>
   <si>
-    <t>#16 Joseph Jones - WR</t>
+    <t>#82 Joseph Jones - WR</t>
   </si>
   <si>
     <t>#44 Miles Blankenship - CB</t>
   </si>
   <si>
     <t>8:53</t>
   </si>
   <si>
     <t>KCY 30</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>1-10-KCY 30 (8:52) 10-Howard Graham pass complete to 81-Lucas Potts to KCY 37 for 6 yards. Tackle by 40-Tyler Davis.</t>
   </si>
   <si>
     <t>8:10</t>
   </si>
   <si>
     <t>KCY 37</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
@@ -680,51 +680,51 @@
   <si>
     <t>2-6-MIN 48 (6:51) 10-Howard Graham pass incomplete, intended for 34-Johnathon Adams.</t>
   </si>
   <si>
     <t>6:46</t>
   </si>
   <si>
     <t>3-6-MIN 48 (6:47) 10-Howard Graham pass complete to 37-Thomas Prickett to MIN 39 for 8 yards. Tackle by 53-Anthony Harrison.</t>
   </si>
   <si>
     <t>#86 Pedro Cheeks - WR</t>
   </si>
   <si>
     <t>6:14</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-MIN 39 (6:13) 37-Thomas Prickett ran to MIN 37 for 3 yards. Tackle by 53-Anthony Harrison.</t>
   </si>
   <si>
     <t>#33 Steven Coffman - FB</t>
   </si>
   <si>
-    <t>#85 Marco Brown - TE</t>
+    <t>#84 Marco Brown - TE</t>
   </si>
   <si>
     <t>5:40</t>
   </si>
   <si>
     <t>MIN 37</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>2-7-MIN 37 (5:39) 10-Howard Graham pass complete to 88-George Schmid to MIN 19 for 18 yards. Tackle by 31-Isaac Millis. 88-George Schmid did some fancy footwork there.</t>
   </si>
   <si>
     <t>4:55</t>
   </si>
   <si>
     <t>MIN 19</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
@@ -764,51 +764,51 @@
   <si>
     <t>3-1-MIN 9 (4:07) 10-Howard Graham pass complete to 80-Dennis Killion for 9 yards. TOUCHDOWN! MIN 0 KCY 6</t>
   </si>
   <si>
     <t>#51 Neil Alcorn - SLB</t>
   </si>
   <si>
     <t>4:02</t>
   </si>
   <si>
     <t>MIN 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(4:03) Extra point GOOD by 8-James Renaud. MIN 0 KCY 7</t>
   </si>
   <si>
     <t>#3 Carl Scott - QB</t>
   </si>
   <si>
-    <t>#61 Brendan Porter - C</t>
+    <t>#58 Brendan Porter - C</t>
   </si>
   <si>
     <t>#59 Daniel Sartin - RT</t>
   </si>
   <si>
     <t>#57 David Smith - RG</t>
   </si>
   <si>
     <t>(4:03) 8-James Renaud kicks 74 yards from KCY 35 to MIN -9. Touchback.</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>1-10-MIN 25 (4:03) 30-Bruce Allen ran to MIN 24 for -1 yards. Tackle by 96-Justin Brumbaugh.</t>
   </si>
   <si>
     <t>3:24</t>
   </si>
   <si>
     <t>MIN 24</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
@@ -953,51 +953,51 @@
   <si>
     <t>1-10-KCY 44 (12:17) 25-Joesph Kent ran to KCY 42 for 1 yards. Tackle by 76-Jerry Parrish.</t>
   </si>
   <si>
     <t>#58 Tyrone Crews - MLB</t>
   </si>
   <si>
     <t>11:45</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>2-9-KCY 42 (11:44) 18-Zachery Mendez pass complete to 86-Rudy Stevens to KCY 36 for 6 yards. Tackle by 49-Conrad Johnson.</t>
   </si>
   <si>
     <t>10:56</t>
   </si>
   <si>
     <t>KCY 36</t>
   </si>
   <si>
     <t>3-2-KCY 36 (10:55) 25-Joesph Kent ran to KCY 27 for 9 yards. Tackle by 35-Curtis Shaughnessy.</t>
   </si>
   <si>
-    <t>#99 John Parente - MLB</t>
+    <t>#55 John Parente - MLB</t>
   </si>
   <si>
     <t>10:18</t>
   </si>
   <si>
     <t>KCY 27</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>1-10-KCY 27 (10:17) 18-Zachery Mendez sacked at KCY 29 for -2 yards (65-Charles Keaton). Sack allowed by 64-Tony Knudson.</t>
   </si>
   <si>
     <t>9:42</t>
   </si>
   <si>
     <t>KCY 29</t>
   </si>
   <si>
     <t>2-12-KCY 29 (9:41) 18-Zachery Mendez pass Pass knocked down by 99-John Parente. incomplete, intended for 86-Rudy Stevens. 99-John Parente got away with a hold on that play. 50-Kenny Kornegay got away with a hold on that play.</t>
   </si>
   <si>
     <t>9:37</t>
   </si>
@@ -1043,51 +1043,51 @@
   <si>
     <t>6:59</t>
   </si>
   <si>
     <t>KCY 5</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>1-5-KCY 5 (6:58) 18-Zachery Mendez pass complete to 86-Rudy Stevens to KCY 1 for 4 yards. Tackle by 49-Conrad Johnson.</t>
   </si>
   <si>
     <t>6:18</t>
   </si>
   <si>
     <t>KCY 1</t>
   </si>
   <si>
     <t>2-1-KCY 1 (6:17) 25-Joesph Kent ran for 1 yards. TOUCHDOWN! MIN 6 KCY 7</t>
   </si>
   <si>
     <t>(6:15) Extra point GOOD by 10-Jaime Jacobs. MIN 7 KCY 7</t>
   </si>
   <si>
-    <t>#10 Jaime Jacobs - K</t>
+    <t>#5 Jaime Jacobs - K</t>
   </si>
   <si>
     <t>#70 Peter James - DT</t>
   </si>
   <si>
     <t>(6:15) 10-Jaime Jacobs kicks 75 yards from MIN 35 to KCY -10. Touchback.</t>
   </si>
   <si>
     <t>KCY 25</t>
   </si>
   <si>
     <t>1-10-KCY 25 (6:15) 37-Thomas Prickett ran to KCY 35 for 10 yards. Tackle by 34-Roland Gibson. MIN 76-Harold Graham was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:36</t>
   </si>
   <si>
     <t>2-1-KCY 35 (5:35) 10-Howard Graham pass complete to 80-Dennis Killion to KCY 42 for 7 yards. Tackle by 40-Tyler Davis.</t>
   </si>
   <si>
     <t>5:00</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
@@ -2300,52 +2300,52 @@
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>