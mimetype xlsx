--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -290,114 +290,114 @@
   <si>
     <t>MIA</t>
   </si>
   <si>
     <t>MIA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Daniel Liller kicks 75 yards from MIA 35 to IND -10. Touchback.</t>
   </si>
   <si>
     <t>#11 Lorenzo Davis - WR</t>
   </si>
   <si>
     <t>#58 Eric Cruz - MLB</t>
   </si>
   <si>
     <t>#29 Kelly Dozier - SS</t>
   </si>
   <si>
-    <t>#68 Darryl Leslie - DT</t>
+    <t>#67 Darryl Leslie - DT</t>
   </si>
   <si>
     <t>#34 Richard Peeples - FS</t>
   </si>
   <si>
     <t>#99 George Ellis - DT</t>
   </si>
   <si>
-    <t>#1 Aaron Hower - FS</t>
+    <t>#42 Aaron Hower - FS</t>
   </si>
   <si>
     <t>#59 John Lee - MLB</t>
   </si>
   <si>
     <t>#55 Monroe Legendre - MLB</t>
   </si>
   <si>
-    <t>#24 Michael Howe - SS</t>
+    <t>#27 Michael Howe - SS</t>
   </si>
   <si>
     <t>#91 Dale Benson - MLB</t>
   </si>
   <si>
     <t>#9 Daniel Liller - K</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>IND 25</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-IND 25 (15:00) 6-Brady Durst pass complete to 80-Clement Ohara to IND 30 for 5 yards. Tackle by 35-David Blackmon.</t>
   </si>
   <si>
     <t>#6 Brady Durst - QB</t>
   </si>
   <si>
     <t>#20 Jeffry Douglas - RB</t>
   </si>
   <si>
     <t>#87 Willie Collard - TE</t>
   </si>
   <si>
-    <t>#85 Brian Maag - TE</t>
+    <t>#89 Brian Maag - TE</t>
   </si>
   <si>
     <t>#80 Clement Ohara - WR</t>
   </si>
   <si>
     <t>#14 Robert Patterson - WR</t>
   </si>
   <si>
     <t>#51 Michael Leblanc - RT</t>
   </si>
   <si>
-    <t>#64 Robert Gibson - LG</t>
+    <t>#73 Robert Gibson - LG</t>
   </si>
   <si>
     <t>#71 David Wright - C</t>
   </si>
   <si>
     <t>#75 Shane Conway - RG</t>
   </si>
   <si>
     <t>#66 Gregory Adams - RT</t>
   </si>
   <si>
     <t>#50 Felix Kaplan - LDE</t>
   </si>
   <si>
     <t>#68 Timothy Adkins - DT</t>
   </si>
   <si>
     <t>#94 Edward Hall - DT</t>
   </si>
   <si>
     <t>#99 Paul Torbert - RDE</t>
   </si>
   <si>
     <t>#53 Philip Bostick - SLB</t>
   </si>
@@ -500,81 +500,81 @@
   <si>
     <t>14:09</t>
   </si>
   <si>
     <t>MIA 31</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-MIA 31 (14:10) 42-Matthew Ulmer ran to MIA 38 for 7 yards. Tackle by 29-Kelly Dozier.</t>
   </si>
   <si>
     <t>#5 Tommy Arnold - QB</t>
   </si>
   <si>
     <t>#42 Matthew Ulmer - RB</t>
   </si>
   <si>
     <t>#86 Julius Watts - TE</t>
   </si>
   <si>
-    <t>#15 Peter Black - WR</t>
+    <t>#8 Peter Black - WR</t>
   </si>
   <si>
     <t>#14 Leroy Castillo - WR</t>
   </si>
   <si>
     <t>#11 David Cooper - WR</t>
   </si>
   <si>
-    <t>#70 George McCallum - LT</t>
-[...2 lines deleted...]
-    <t>#61 Kevin Guillory - C</t>
+    <t>#72 George McCallum - RT</t>
+  </si>
+  <si>
+    <t>#71 Kevin Guillory - LT</t>
   </si>
   <si>
     <t>#73 Michael Holmes - C</t>
   </si>
   <si>
     <t>#74 Theodore Clark - LT</t>
   </si>
   <si>
-    <t>#78 Victor Jandreau - RT</t>
+    <t>#61 Victor Jandreau - RG</t>
   </si>
   <si>
     <t>#95 Herbert Hage - LDE</t>
   </si>
   <si>
     <t>#74 Willie Nauman - DT</t>
   </si>
   <si>
-    <t>#78 Patrick Mathis - RDE</t>
+    <t>#93 Patrick Mathis - RDE</t>
   </si>
   <si>
     <t>#93 Rodolfo Colson - SLB</t>
   </si>
   <si>
     <t>#50 Edward Colon - WLB</t>
   </si>
   <si>
     <t>#32 Jonathan Nicholson - FS</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>MIA 38</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>2-3-MIA 38 (13:33) 21-Johnny Walls ran to MIA 48 for 10 yards. Tackle by 1-Aaron Hower. PENALTY - Facemask (IND 24-Michael Howe)</t>
   </si>
@@ -674,51 +674,51 @@
   <si>
     <t>3-4-IND 4 (9:54) 5-Tommy Arnold pass complete to 11-David Cooper for 4 yards. TOUCHDOWN! IND 0 MIA 6</t>
   </si>
   <si>
     <t>9:50</t>
   </si>
   <si>
     <t>IND 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(9:51) Extra point GOOD by 9-Daniel Liller. IND 0 MIA 7</t>
   </si>
   <si>
     <t>#6 Kenneth Hammond - P</t>
   </si>
   <si>
     <t>#65 Travis Griggs - C</t>
   </si>
   <si>
-    <t>#75 William Sasse - RT</t>
+    <t>#75 William Sasse - LT</t>
   </si>
   <si>
     <t>#81 Charles Fontenot - TE</t>
   </si>
   <si>
     <t>#92 John Cyr - RDE</t>
   </si>
   <si>
     <t>#90 Williams Richardson - RDE</t>
   </si>
   <si>
     <t>(9:51) 9-Daniel Liller kicks 72 yards from MIA 35 to IND -7. Touchback.</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-IND 25 (9:51) 6-Brady Durst pass complete to 20-Jeffry Douglas to IND 38 for 13 yards. Tackle by 53-Philip Bostick.</t>
   </si>
   <si>
     <t>#21 Jewel Leger - RB</t>
   </si>
@@ -2258,93 +2258,93 @@
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="320.779" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="35.277" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>