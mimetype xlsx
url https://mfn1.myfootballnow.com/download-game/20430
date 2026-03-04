--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -290,270 +290,270 @@
   <si>
     <t>CAR</t>
   </si>
   <si>
     <t>CAR 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Curtis Dugas kicks 72 yards from CAR 35 to BUF -7. 25-William McCall to BUF 28 for 35 yards. Tackle by 3-Curtis Dugas.</t>
   </si>
   <si>
     <t>#25 William McCall - RB</t>
   </si>
   <si>
     <t>#22 Richard Lewis - CB</t>
   </si>
   <si>
     <t>#98 Shane Noe - WLB</t>
   </si>
   <si>
-    <t>#42 John Dearborn - CB</t>
-[...5 lines deleted...]
-    <t>#62 Bradley Booker - DT</t>
+    <t>#27 John Dearborn - CB</t>
+  </si>
+  <si>
+    <t>#54 James Glade - MLB</t>
+  </si>
+  <si>
+    <t>#54 Bradley Booker - DT</t>
   </si>
   <si>
     <t>#96 Daniel Rosas - DT</t>
   </si>
   <si>
-    <t>#53 Jack Harris - WLB</t>
+    <t>#43 Jack Harris - MLB</t>
   </si>
   <si>
     <t>#76 Jose Huffman - RDE</t>
   </si>
   <si>
     <t>#38 William Johnson - FS</t>
   </si>
   <si>
-    <t>#72 Jason Long - DT</t>
+    <t>#72 Jason Long - LDE</t>
   </si>
   <si>
     <t>#3 Curtis Dugas - K</t>
   </si>
   <si>
     <t>BUF</t>
   </si>
   <si>
     <t>14:53</t>
   </si>
   <si>
     <t>BUF 28</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-BUF 28 (14:54) 36-Raul Carter ran to BUF 26 for -2 yards. Tackle by 98-Joseph Olson.</t>
   </si>
   <si>
     <t>#6 Terry Leiser - QB</t>
   </si>
   <si>
     <t>#36 Raul Carter - RB</t>
   </si>
   <si>
     <t>#42 Hector Debnam - RB</t>
   </si>
   <si>
-    <t>#41 John Tarrant - FB</t>
+    <t>#62 John Tarrant - RG</t>
   </si>
   <si>
     <t>#85 Kurt Santana - TE</t>
   </si>
   <si>
     <t>#87 Jerry Jimenez - TE</t>
   </si>
   <si>
     <t>#65 Jerry Easterling - RT</t>
   </si>
   <si>
     <t>#75 Robert Crawford - LG</t>
   </si>
   <si>
     <t>#70 Ellis Escobedo - C</t>
   </si>
   <si>
     <t>#52 Wilfredo Vidal - RG</t>
   </si>
   <si>
     <t>#30 Douglas Jones - RT</t>
   </si>
   <si>
     <t>#96 Gerald Chappell - LDE</t>
   </si>
   <si>
     <t>#69 William Hamilton - DT</t>
   </si>
   <si>
     <t>#61 Jonathan Runyan - DT</t>
   </si>
   <si>
     <t>#76 Randy Starkey - DT</t>
   </si>
   <si>
     <t>#79 David Epstein - LDE</t>
   </si>
   <si>
     <t>#94 Garland Lauritzen - MLB</t>
   </si>
   <si>
     <t>#98 Joseph Olson - MLB</t>
   </si>
   <si>
-    <t>#53 Albert Harvey - WLB</t>
+    <t>#91 Albert Harvey - WLB</t>
   </si>
   <si>
     <t>#37 Jamey Jim - CB</t>
   </si>
   <si>
     <t>#23 Scott Anderson - CB</t>
   </si>
   <si>
     <t>#48 James Carswell - SS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>BUF 26</t>
   </si>
   <si>
     <t>Singleback Big Corner Ins</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-12-BUF 26 (14:16) 6-Terry Leiser pass incomplete, intended for 87-Jerry Jimenez.</t>
   </si>
   <si>
-    <t>#82 Sean Taylor - WR</t>
+    <t>#19 Sean Taylor - WR</t>
   </si>
   <si>
     <t>#19 Robert Mitchell - WR</t>
   </si>
   <si>
     <t>#57 Jason Campbell - RG</t>
   </si>
   <si>
     <t>#99 Douglas Jackson - MLB</t>
   </si>
   <si>
     <t>#27 Bernie Bell - FS</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>Singleback Big WR Streaks</t>
   </si>
   <si>
     <t>3-12-BUF 26 (14:13) 6-Terry Leiser pass incomplete, dropped by 87-Jerry Jimenez.</t>
   </si>
   <si>
     <t>14:07</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-12-BUF 26 (14:08) 8-David Henderson punts 45 yards to CAR 29. Fair Catch by 32-Chris Harrington.</t>
   </si>
   <si>
     <t>#8 David Henderson - P</t>
   </si>
   <si>
     <t>#59 Richard Griffin - C</t>
   </si>
   <si>
     <t>#32 Chris Harrington - RB</t>
   </si>
   <si>
-    <t>#66 Matthew Eskridge - RT</t>
-[...2 lines deleted...]
-    <t>#18 Conrad Bailey - WR</t>
+    <t>#77 Matthew Eskridge - RT</t>
+  </si>
+  <si>
+    <t>#81 Conrad Bailey - WR</t>
   </si>
   <si>
     <t>#90 John Betts - MLB</t>
   </si>
   <si>
-    <t>#73 Donald Munoz - LDE</t>
+    <t>#90 Donald Munoz - LDE</t>
   </si>
   <si>
     <t>14:01</t>
   </si>
   <si>
     <t>CAR 29</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-CAR 29 (14:02) 4-Harold Webb pass complete to 85-Max Turner to CAR 36 for 6 yards. Tackle by 22-Richard Lewis. 22-Richard Lewis got away with a hold on that play. PENALTY - Pass Interference (BUF 22-Richard Lewis)</t>
   </si>
   <si>
     <t>#4 Harold Webb - QB</t>
   </si>
   <si>
     <t>#29 Robert Probst - RB</t>
   </si>
   <si>
     <t>#33 Lewis Derossett - FB</t>
   </si>
   <si>
     <t>#88 Brandon Barnes - TE</t>
   </si>
   <si>
-    <t>#85 Max Turner - WR</t>
-[...2 lines deleted...]
-    <t>#17 Kenneth Berry - WR</t>
+    <t>#12 Max Turner - WR</t>
+  </si>
+  <si>
+    <t>#15 Kenneth Berry - WR</t>
   </si>
   <si>
     <t>#70 Charles Houston - LT</t>
   </si>
   <si>
-    <t>#60 Erin Hale - LG</t>
+    <t>#76 Erin Hale - LT</t>
   </si>
   <si>
     <t>#58 Teddy Gardner - C</t>
   </si>
   <si>
     <t>#67 Charles Smith - RG</t>
   </si>
   <si>
     <t>#93 Edwin Quezada - SLB</t>
   </si>
   <si>
     <t>#37 Rafael Calloway - SS</t>
   </si>
   <si>
     <t>13:57</t>
   </si>
   <si>
     <t>CAR 36</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
@@ -581,51 +581,51 @@
   <si>
     <t>2-9-CAR 37 (13:25) 29-Robert Probst ran to CAR 41 for 4 yards. Tackle by 42-John Dearborn.</t>
   </si>
   <si>
     <t>#97 Carl Shifflett - MLB</t>
   </si>
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>CAR 41</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-6-CAR 41 (12:47) 29-Robert Probst ran to CAR 41 for a short gain. Tackle by 53-Jack Harris.</t>
   </si>
   <si>
     <t>12:16</t>
   </si>
   <si>
     <t>4-5-CAR 41 (12:15) 13-Dustin Christensen punts 41 yards to BUF 18.</t>
   </si>
   <si>
-    <t>#13 Dustin Christensen - P</t>
+    <t>#4 Dustin Christensen - P</t>
   </si>
   <si>
     <t>#75 Richard Gullion - RT</t>
   </si>
   <si>
     <t>#77 Raymond Johnson - LT</t>
   </si>
   <si>
     <t>#90 Jerome Neumann - RDE</t>
   </si>
   <si>
     <t>12:05</t>
   </si>
   <si>
     <t>BUF 18</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-BUF 18 (12:06) 6-Terry Leiser pass incomplete, dropped by 41-John Tarrant. Pressure by 53-Albert Harvey.</t>
   </si>
@@ -785,54 +785,54 @@
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>3-7-BUF 17 (6:56) 29-Robert Probst ran to BUF 17 for a short gain. Tackle by 76-Jose Huffman.</t>
   </si>
   <si>
     <t>6:24</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-6-BUF 17 (6:23) 3-Curtis Dugas 35 yard field goal is GOOD. CAR 3 BUF 0</t>
   </si>
   <si>
     <t>#62 Henry Schwindt - RT</t>
   </si>
   <si>
     <t>#51 Evan Bridges - C</t>
   </si>
   <si>
-    <t>#58 Charlie Otis - MLB</t>
-[...2 lines deleted...]
-    <t>#90 Phillip Chandler - MLB</t>
+    <t>#91 Charlie Otis - MLB</t>
+  </si>
+  <si>
+    <t>#1 Phillip Chandler - SLB</t>
   </si>
   <si>
     <t>6:20</t>
   </si>
   <si>
     <t>(6:21) 3-Curtis Dugas kicks 67 yards from CAR 35 to BUF -2. Touchback.</t>
   </si>
   <si>
     <t>BUF 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-BUF 25 (6:21) 25-William McCall ran to BUF 24 for -1 yards. Tackle by 96-Gerald Chappell.</t>
   </si>
   <si>
     <t>5:40</t>
   </si>
   <si>
     <t>BUF 24</t>
   </si>
@@ -1298,51 +1298,51 @@
   <si>
     <t>1:26</t>
   </si>
   <si>
     <t>1:23</t>
   </si>
   <si>
     <t>CAR 0</t>
   </si>
   <si>
     <t>3-1-CAR 0 (1:24) 6-Terry Leiser pass complete to 19-Robert Mitchell for 0 yards. TOUCHDOWN! CAR 13 BUF 6</t>
   </si>
   <si>
     <t>1:20</t>
   </si>
   <si>
     <t>CAR 15</t>
   </si>
   <si>
     <t>(1:21) Extra point GOOD by 7-Steven Levasseur. CAR 13 BUF 7</t>
   </si>
   <si>
     <t>#7 Steven Levasseur - K</t>
   </si>
   <si>
-    <t>#50 Peter Keenan - RT</t>
+    <t>#50 Peter Keenan - RG</t>
   </si>
   <si>
     <t>#54 David Ganey - WLB</t>
   </si>
   <si>
     <t>(1:21) 7-Steven Levasseur kicks 75 yards from BUF 35 to CAR -10. Touchback.</t>
   </si>
   <si>
     <t>CAR 25</t>
   </si>
   <si>
     <t>1-10-CAR 25 (1:21) 29-Robert Probst ran to CAR 33 for 8 yards. Tackle by 38-William Johnson.</t>
   </si>
   <si>
     <t>0:47</t>
   </si>
   <si>
     <t>CAR 33</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>2-2-CAR 33 (0:46) 32-Chris Harrington ran to CAR 28 for -5 yards. Tackle by 73-Donald Munoz.</t>
   </si>
@@ -1766,51 +1766,51 @@
   <si>
     <t>2-4-BUF 31 (4:31) 6-Terry Leiser sacked at BUF 23 for -8 yards (79-David Epstein). Sack allowed by 65-Jerry Easterling.</t>
   </si>
   <si>
     <t>4:07</t>
   </si>
   <si>
     <t>3-12-BUF 23 (4:06) 6-Terry Leiser pass complete to 85-Kurt Santana to CAR 41 for 37 yards. Tackle by 27-Bernie Bell. 85-Kurt Santana made a great move on the CB.</t>
   </si>
   <si>
     <t>3:37</t>
   </si>
   <si>
     <t>1-10-CAR 41 (3:36) 6-Terry Leiser pass complete to 87-Jerry Jimenez to CAR 26 for 14 yards. Tackle by 23-Scott Anderson.</t>
   </si>
   <si>
     <t>3:10</t>
   </si>
   <si>
     <t>CAR 26</t>
   </si>
   <si>
     <t>1-10-CAR 26 (3:09) 6-Terry Leiser pass INTERCEPTED by 90-John Betts at CAR 14. 90-John Betts to CAR 15 for 1 yards. Tackle by 12-John Sargent.</t>
   </si>
   <si>
-    <t>#89 Jose Sanches - TE</t>
+    <t>#77 Jose Sanches - LG</t>
   </si>
   <si>
     <t>3:05</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-CAR 15 (3:06) 29-Robert Probst ran to CAR 14 for -1 yards. Tackle by 96-Daniel Rosas.</t>
   </si>
   <si>
     <t>2:29</t>
   </si>
   <si>
     <t>CAR 14</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>2-11-CAR 14 (2:28) 29-Robert Probst ran to CAR 14 for a short loss. Tackle by 76-Jose Huffman. 70-Charles Houston completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>3-11-CAR 14 (2:00) 40-Leo Powell ran to CAR 14 for a short gain. Tackle by 55-James Glade.</t>
   </si>
@@ -2250,103 +2250,103 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="367.91" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">