--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -290,51 +290,51 @@
   <si>
     <t>ATL</t>
   </si>
   <si>
     <t>ATL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Stephen Figaro kicks 70 yards from ATL 35 to TBY -5. Touchback.</t>
   </si>
   <si>
     <t>#15 Erik Acord - WR</t>
   </si>
   <si>
     <t>#67 Carlos Medina - RT</t>
   </si>
   <si>
     <t>#96 John Jackson - DT</t>
   </si>
   <si>
-    <t>#32 Charlie Ramirez - FS</t>
+    <t>#26 Charlie Ramirez - FS</t>
   </si>
   <si>
     <t>#24 Robert Barton - CB</t>
   </si>
   <si>
     <t>#53 Anthony Sipple - MLB</t>
   </si>
   <si>
     <t>#18 Sean Byerly - WR</t>
   </si>
   <si>
     <t>#90 Darrell Toller - MLB</t>
   </si>
   <si>
     <t>#65 John Thomas - DT</t>
   </si>
   <si>
     <t>#23 Christian Chun - RB</t>
   </si>
   <si>
     <t>#62 Willie Walker - RDE</t>
   </si>
   <si>
     <t>#9 Stephen Figaro - K</t>
   </si>
@@ -362,60 +362,60 @@
   <si>
     <t>#81 Michael Springer - TE</t>
   </si>
   <si>
     <t>#12 Paul McMillan - WR</t>
   </si>
   <si>
     <t>#66 Jonathan Haynes - LT</t>
   </si>
   <si>
     <t>#70 Keith Bullins - LG</t>
   </si>
   <si>
     <t>#75 Martin Carney - C</t>
   </si>
   <si>
     <t>#77 Leon Oshea - RG</t>
   </si>
   <si>
     <t>#94 Jose Scott - LDE</t>
   </si>
   <si>
     <t>#90 Ralph Garcia - DT</t>
   </si>
   <si>
-    <t>#96 Michael Jacks - DT</t>
+    <t>#73 Michael Jacks - DT</t>
   </si>
   <si>
     <t>#98 Chester Johnson - RDE</t>
   </si>
   <si>
     <t>#56 Rayford Russell - SLB</t>
   </si>
   <si>
-    <t>#59 James Taylor - MLB</t>
+    <t>#4 James Taylor - FS</t>
   </si>
   <si>
     <t>#95 Joseph Nunez - WLB</t>
   </si>
   <si>
     <t>#40 Justin Mizell - CB</t>
   </si>
   <si>
     <t>#28 John Porter - CB</t>
   </si>
   <si>
     <t>#2 Malcom Brown - SS</t>
   </si>
   <si>
     <t>#26 Robert Lamberton - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
@@ -440,93 +440,93 @@
   <si>
     <t>TBY 28</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-TBY 28 (14:16) 17-Matthew Blankenship punts 44 yards to ATL 27. Fair Catch by 16-Lewis Hamilton.</t>
   </si>
   <si>
     <t>#17 Matthew Blankenship - P</t>
   </si>
   <si>
     <t>#16 Lewis Hamilton - WR</t>
   </si>
   <si>
     <t>#24 Jeffrey Oreilly - CB</t>
   </si>
   <si>
     <t>#30 Jack Prescott - FS</t>
   </si>
   <si>
-    <t>#99 Jimmy Deleon - MLB</t>
+    <t>#56 Jimmy Deleon - MLB</t>
   </si>
   <si>
     <t>#63 John Pettis - RG</t>
   </si>
   <si>
     <t>#55 Steven Olivo - RG</t>
   </si>
   <si>
     <t>#52 Jay Davis - WLB</t>
   </si>
   <si>
     <t>14:08</t>
   </si>
   <si>
     <t>ATL 27</t>
   </si>
   <si>
     <t>I Formation Power Play Action Bomb</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-ATL 27 (14:09) 1-Rodney McRoberts pass complete to 47-Frank Upshaw to ATL 44 for 17 yards. Tackle by 40-David Jones.</t>
   </si>
   <si>
     <t>#1 Rodney McRoberts - QB</t>
   </si>
   <si>
     <t>#47 Frank Upshaw - RB</t>
   </si>
   <si>
     <t>#34 Clifford Stith - RB</t>
   </si>
   <si>
-    <t>#31 James Fitzpatrick - FB</t>
+    <t>#41 James Fitzpatrick - FB</t>
   </si>
   <si>
     <t>#81 Toby Gill - TE</t>
   </si>
   <si>
-    <t>#10 Elliot Stephenson - WR</t>
+    <t>#11 Elliot Stephenson - WR</t>
   </si>
   <si>
     <t>#63 Edward Collins - LT</t>
   </si>
   <si>
     <t>#50 Brian Smith - LG</t>
   </si>
   <si>
     <t>#78 Robert Williams - C</t>
   </si>
   <si>
     <t>#77 Jose Herrera - RG</t>
   </si>
   <si>
     <t>#65 Robert Heiden - RT</t>
   </si>
   <si>
     <t>#92 Thomas Marrs - RDE</t>
   </si>
   <si>
     <t>#50 John Miller - LDE</t>
   </si>
   <si>
     <t>#74 Lawerence Garcia - SLB</t>
   </si>
@@ -950,96 +950,96 @@
   <si>
     <t>ATL 43</t>
   </si>
   <si>
     <t>4-15-ATL 43 (14:09) 13-John Hambright punts 56 yards to TBY 1.</t>
   </si>
   <si>
     <t>14:00</t>
   </si>
   <si>
     <t>TBY 1</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>1-10-TBY 1 (14:01) 23-Christian Chun ran for -3 yards. Tackle by 34-Todd Brouwer. SAFETY! (34-Todd Brouwer) TBY 0 ATL 2</t>
   </si>
   <si>
     <t>13:58</t>
   </si>
   <si>
     <t>(13:59) 13-Thomas Bennett kicks 78 yards from TBY 20 to ATL 2. 34-Clifford Stith for 98yards. TOUCHDOWN! TBY 67-Carlos Medina was injured on the play. He looks like he should be able to return. TBY 0 ATL 8</t>
   </si>
   <si>
-    <t>#13 Thomas Bennett - K</t>
+    <t>#7 Thomas Bennett - K</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>TBY 15</t>
   </si>
   <si>
     <t>(13:45) Extra point GOOD by 9-Stephen Figaro. TBY 0 ATL 9</t>
   </si>
   <si>
     <t>(13:45) 9-Stephen Figaro kicks 74 yards from ATL 35 to TBY -9. 15-Erik Acord to TBY 29 for 38 yards. Tackle by 9-Stephen Figaro.</t>
   </si>
   <si>
     <t>#30 Brian Cobb - CB</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>TBY 29</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-TBY 29 (13:39) 23-Christian Chun ran to TBY 29 for a short gain. Tackle by 2-Malcom Brown.</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>2-10-TBY 29 (12:55) 23-Christian Chun ran to TBY 30 for 1 yards. Tackle by 90-Ralph Garcia.</t>
   </si>
   <si>
     <t>#29 Rafael Jacobson - RB</t>
   </si>
   <si>
     <t>#86 Dewayne Raynor - TE</t>
   </si>
   <si>
-    <t>#92 Stephen Goble - LDE</t>
+    <t>#77 Stephen Goble - DT</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>TBY 30</t>
   </si>
   <si>
     <t>3-9-TBY 30 (12:14) 10-Ted Bryant pass complete to 23-Christian Chun to TBY 31 for 2 yards. Tackle by 2-Malcom Brown.</t>
   </si>
   <si>
     <t>11:35</t>
   </si>
   <si>
     <t>TBY 31</t>
   </si>
   <si>
     <t>4-7-TBY 31 (11:34) 17-Matthew Blankenship punts 45 yards to ATL 24. Fair Catch by 11-David Wilkins.</t>
   </si>
   <si>
     <t>#11 David Wilkins - WR</t>
   </si>
   <si>
     <t>ATL 24</t>
   </si>
@@ -2300,82 +2300,82 @@
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>