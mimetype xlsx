--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -545,57 +545,57 @@
   <si>
     <t>#63 James Lewis - LT</t>
   </si>
   <si>
     <t>#68 Thomas Pepper - RDE</t>
   </si>
   <si>
     <t>11:11</t>
   </si>
   <si>
     <t>LOS 20</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-LOS 20 (11:12) 3-Earnest Dean pass Pass knocked down by 39-William Frye. incomplete, intended for 15-John Flanagan.</t>
   </si>
   <si>
     <t>#3 Earnest Dean - QB</t>
   </si>
   <si>
-    <t>#44 Roosevelt Bonilla - RB</t>
+    <t>#35 Roosevelt Bonilla - RB</t>
   </si>
   <si>
     <t>#82 Anthony Knowles - TE</t>
   </si>
   <si>
-    <t>#83 Rene Diaz - WR</t>
+    <t>#16 Rene Diaz - WR</t>
   </si>
   <si>
     <t>#18 Darrell Agee - WR</t>
   </si>
   <si>
     <t>#78 Joseph Reay - LT</t>
   </si>
   <si>
     <t>#24 Raymond Miller - LG</t>
   </si>
   <si>
     <t>#59 Justin Billings - C</t>
   </si>
   <si>
     <t>#77 Frederick Tope - RG</t>
   </si>
   <si>
     <t>#60 Bryant Holliday - RT</t>
   </si>
   <si>
     <t>#99 Raymond Mackin - LDE</t>
   </si>
   <si>
     <t>#92 James Moore - RDE</t>
   </si>
@@ -611,51 +611,51 @@
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-LOS 20 (11:09) 3-Earnest Dean pass complete to 44-Roosevelt Bonilla to LOS 41 for 21 yards. 44-Roosevelt Bonilla FUMBLES (96-Howard Schmidt)</t>
   </si>
   <si>
     <t>10:28</t>
   </si>
   <si>
     <t>LOS 41</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-LOS 41 (10:27) 40-Leonard Marshall ran to LOS 40 for -1 yards. Tackle by 76-David Bailey.</t>
   </si>
   <si>
-    <t>#40 Leonard Marshall - RB</t>
+    <t>#27 Leonard Marshall - RB</t>
   </si>
   <si>
     <t>#41 John Medley - RB</t>
   </si>
   <si>
     <t>9:55</t>
   </si>
   <si>
     <t>LOS 40</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>2-11-LOS 40 (9:54) 40-Leonard Marshall ran to LOS 46 for 5 yards. Tackle by 74-William George.</t>
   </si>
   <si>
     <t>#87 Karl Henderson - TE</t>
   </si>
   <si>
     <t>#84 Hector Martin - TE</t>
   </si>
   <si>
     <t>#74 William George - RDE</t>
   </si>