--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -287,51 +287,51 @@
   <si>
     <t>PHI has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>CLE</t>
   </si>
   <si>
     <t>CLE 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 15-Timothy Magee kicks 68 yards from CLE 35 to PHI -3. 81-Aaron Williams to PHI 19 for 22 yards. Tackle by 31-Jess Gardner.</t>
   </si>
   <si>
     <t>#81 Aaron Williams - WR</t>
   </si>
   <si>
     <t>#96 Richard Langston - WLB</t>
   </si>
   <si>
-    <t>#97 John Babich - WLB</t>
+    <t>#78 John Babich - LDE</t>
   </si>
   <si>
     <t>#75 Randall Baker - RDE</t>
   </si>
   <si>
     <t>#63 Kenneth Ireland - DT</t>
   </si>
   <si>
     <t>#64 Delbert Chung - DT</t>
   </si>
   <si>
     <t>#39 Robert Credle - FS</t>
   </si>
   <si>
     <t>#42 Fred Rice - SS</t>
   </si>
   <si>
     <t>#29 Ernest Sievert - CB</t>
   </si>
   <si>
     <t>#44 Marvin Kuhn - CB</t>
   </si>
   <si>
     <t>#55 Bernard Livingston - MLB</t>
   </si>
@@ -365,162 +365,162 @@
   <si>
     <t>#34 James McGahey - RB</t>
   </si>
   <si>
     <t>#85 Enrique Jones - WR</t>
   </si>
   <si>
     <t>#16 Stephen Sullivan - WR</t>
   </si>
   <si>
     <t>#15 Cody Schmidt - WR</t>
   </si>
   <si>
     <t>#66 Darren Alexander - RT</t>
   </si>
   <si>
     <t>#51 Nelson Devore - RG</t>
   </si>
   <si>
     <t>#53 Thomas Moore - C</t>
   </si>
   <si>
     <t>#70 Clinton Kaczor - RG</t>
   </si>
   <si>
-    <t>#77 Douglas Landry - RT</t>
+    <t>#67 Douglas Landry - RT</t>
   </si>
   <si>
     <t>#97 Steve Stout - LDE</t>
   </si>
   <si>
     <t>#50 John Landry - DT</t>
   </si>
   <si>
-    <t>#75 Ronald Outland - DT</t>
+    <t>#59 Ronald Outland - DT</t>
   </si>
   <si>
     <t>#62 Shane Frakes - RDE</t>
   </si>
   <si>
     <t>#37 Shane Jamison - MLB</t>
   </si>
   <si>
     <t>#93 Michael McPhee - WLB</t>
   </si>
   <si>
     <t>#29 Marshall Roberson - CB</t>
   </si>
   <si>
     <t>#21 Charles Situ - CB</t>
   </si>
   <si>
     <t>#24 Peter Mills - CB</t>
   </si>
   <si>
     <t>#26 William Adames - CB</t>
   </si>
   <si>
     <t>#42 Ramon Jefferson - FS</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-PHI 19 (14:55) 48-Scott Calloway ran for 19 yards. TOUCHDOWN! PHI 0 CLE 6</t>
   </si>
   <si>
     <t>#4 Sang Wilson - QB</t>
   </si>
   <si>
     <t>#48 Scott Calloway - RB</t>
   </si>
   <si>
     <t>#43 Howard Dyson - FB</t>
   </si>
   <si>
-    <t>#80 Justin Whitley - FB</t>
+    <t>#80 Justin Whitley - C</t>
   </si>
   <si>
     <t>#10 Nathan Barker - WR</t>
   </si>
   <si>
     <t>#83 Roy Larios - WR</t>
   </si>
   <si>
     <t>#52 Foster Wyatt - LT</t>
   </si>
   <si>
     <t>#67 Michael Dominguez - LG</t>
   </si>
   <si>
-    <t>#64 William Smith - C</t>
+    <t>#66 William Smith - C</t>
   </si>
   <si>
     <t>#69 Jonathan Alston - RG</t>
   </si>
   <si>
     <t>#70 Horace Glenn - RT</t>
   </si>
   <si>
     <t>#90 Derek Hassler - LDE</t>
   </si>
   <si>
     <t>#52 Ronnie Inman - MLB</t>
   </si>
   <si>
     <t>#58 Ronald Rice - MLB</t>
   </si>
   <si>
     <t>14:49</t>
   </si>
   <si>
     <t>PHI 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(14:50) Extra point GOOD by 15-Timothy Magee. PHI 69-Michael Vicente was injured on the play. He looks like he should be able to return. PHI 0 CLE 7</t>
   </si>
   <si>
     <t>#3 Bernard Adams - QB</t>
   </si>
   <si>
     <t>#57 Ronald Cade - RT</t>
   </si>
   <si>
-    <t>#85 Richard Cole - FB</t>
+    <t>#85 Richard Cole - TE</t>
   </si>
   <si>
     <t>#63 Clark Gonzalez - RG</t>
   </si>
   <si>
     <t>#74 Harry Brown - LG</t>
   </si>
   <si>
     <t>#54 Travis Baird - RDE</t>
   </si>
   <si>
     <t>#53 Paul Stover - DT</t>
   </si>
   <si>
     <t>#69 Michael Vicente - DT</t>
   </si>
   <si>
     <t>#74 Robert Papenfuss - RDE</t>
   </si>
   <si>
     <t>(14:50) 15-Timothy Magee kicks 73 yards from CLE 35 to PHI -8. Touchback.</t>
   </si>
   <si>
     <t>PHI 25</t>
   </si>
@@ -587,75 +587,75 @@
   <si>
     <t>12:45</t>
   </si>
   <si>
     <t>PHI 22</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-13-PHI 22 (12:44) 15-Aaron Moore punts 45 yards to CLE 32. 33-Carl Bennett to CLE 48 for 16 yards. Tackle by 71-Gregory Martinez. CLE 93-Michael McPhee was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#15 Aaron Moore - P</t>
   </si>
   <si>
     <t>#33 Carl Bennett - RB</t>
   </si>
   <si>
     <t>#87 Jerry Pearson - WR</t>
   </si>
   <si>
-    <t>#13 Stephen Kotter - WR</t>
+    <t>#83 Stephen Kotter - WR</t>
   </si>
   <si>
     <t>#67 Curtis Davis - RT</t>
   </si>
   <si>
     <t>#71 Gregory Martinez - RG</t>
   </si>
   <si>
     <t>12:32</t>
   </si>
   <si>
     <t>CLE 48</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-10-CLE 48 (12:33) 4-Sang Wilson pass complete to 83-Roy Larios to PHI 42 for 10 yards. Tackle by 52-Ronnie Inman.</t>
   </si>
   <si>
-    <t>#89 William White - WR</t>
+    <t>#88 William White - WR</t>
   </si>
   <si>
     <t>#37 Donald Derosier - CB</t>
   </si>
   <si>
     <t>11:49</t>
   </si>
   <si>
     <t>PHI 42</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Flats</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-PHI 42 (11:48) 4-Sang Wilson pass complete to 10-Nathan Barker to PHI 40 for 2 yards. Tackle by 29-Ernest Sievert.</t>
   </si>
   <si>
     <t>11:12</t>
   </si>
   <si>
     <t>PHI 40</t>
   </si>
@@ -797,63 +797,63 @@
   <si>
     <t>CLE 3</t>
   </si>
   <si>
     <t>2-3-CLE 3 (7:52) 47-Timothy Villarreal ran to CLE 4 for -1 yards. Tackle by 76-John Gann.</t>
   </si>
   <si>
     <t>7:13</t>
   </si>
   <si>
     <t>CLE 4</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>3-4-CLE 4 (7:12) 47-Timothy Villarreal ran to CLE 5 for -1 yards. Tackle by 37-Shane Jamison.</t>
   </si>
   <si>
     <t>6:40</t>
   </si>
   <si>
     <t>4-5-CLE 5 (6:39) 10-Mark Graham 23 yard field goal is GOOD. PHI 3 CLE 7</t>
   </si>
   <si>
-    <t>#10 Mark Graham - K</t>
+    <t>#13 Mark Graham - K</t>
   </si>
   <si>
     <t>6:36</t>
   </si>
   <si>
     <t>PHI 35</t>
   </si>
   <si>
     <t>(6:37) 10-Mark Graham kicks 64 yards from PHI 35 to CLE 1. 87-Jerry Pearson to CLE 31 for 30 yards. Tackle by 64-Delbert Chung.</t>
   </si>
   <si>
-    <t>#83 John Bingham - FB</t>
+    <t>#82 John Bingham - TE</t>
   </si>
   <si>
     <t>6:32</t>
   </si>
   <si>
     <t>CLE 31</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-CLE 31 (6:33) 4-Sang Wilson pass complete to 48-Scott Calloway to CLE 35 for 4 yards. Tackle by 52-Ronnie Inman.</t>
   </si>
   <si>
     <t>5:51</t>
   </si>
   <si>
     <t>Strong I Normal Quick Hooks</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
@@ -2298,51 +2298,51 @@
   <dimension ref="A1:CD177"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="307.782" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>