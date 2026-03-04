--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -290,141 +290,141 @@
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 19-Robert Davis kicks 59 yards from HOU 35 to NYA 6. 40-Jose Hernandez to NYA 28 for 23 yards. Tackle by 29-Carlos Hanks.</t>
   </si>
   <si>
     <t>#40 Jose Hernandez - RB</t>
   </si>
   <si>
     <t>#69 Michael Earl - RT</t>
   </si>
   <si>
     <t>#88 Kyle Sloan - WR</t>
   </si>
   <si>
-    <t>#38 John Stewart - CB</t>
-[...2 lines deleted...]
-    <t>#41 Charles Wagner - WLB</t>
+    <t>#45 John Stewart - CB</t>
+  </si>
+  <si>
+    <t>#51 Charles Wagner - WLB</t>
   </si>
   <si>
     <t>#1 James Woodruff - CB</t>
   </si>
   <si>
     <t>#42 Thomas Burrow - CB</t>
   </si>
   <si>
     <t>#74 Chris Kushner - RDE</t>
   </si>
   <si>
     <t>#72 Donald Stjohn - LT</t>
   </si>
   <si>
-    <t>#54 Thomas Lenihan - SLB</t>
+    <t>#57 Thomas Lenihan - SLB</t>
   </si>
   <si>
     <t>#50 James Ramirez - MLB</t>
   </si>
   <si>
     <t>#19 Robert Davis - K</t>
   </si>
   <si>
     <t>NYA</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>NYA 28</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-NYA 28 (14:57) 10-Gregory Moran pass complete to 80-Charles Davis to HOU 36 for 36 yards. Tackle by 47-Tristan Herman.</t>
   </si>
   <si>
     <t>#10 Gregory Moran - QB</t>
   </si>
   <si>
-    <t>#25 Steven Bennett - RB</t>
+    <t>#25 Steven Bennett - TE</t>
   </si>
   <si>
     <t>#30 Gerald Bartholomew - FB</t>
   </si>
   <si>
     <t>#84 Brian Kucera - TE</t>
   </si>
   <si>
     <t>#80 Charles Davis - WR</t>
   </si>
   <si>
     <t>#89 David Rodriquez - WR</t>
   </si>
   <si>
     <t>#67 Robert Contreras - LG</t>
   </si>
   <si>
-    <t>#59 Michael Brandy - C</t>
+    <t>#59 Michael Brandy - RT</t>
   </si>
   <si>
     <t>#51 Brad Contreras - RG</t>
   </si>
   <si>
     <t>#75 David Powell - LDE</t>
   </si>
   <si>
-    <t>#98 Marion Chatterton - DT</t>
+    <t>#53 Marion Chatterton - DT</t>
   </si>
   <si>
     <t>#95 Vernon Bang - DT</t>
   </si>
   <si>
     <t>#96 Howard Dark - RDE</t>
   </si>
   <si>
     <t>#50 Gus Cate - SLB</t>
   </si>
   <si>
     <t>#53 Roger Price - MLB</t>
   </si>
   <si>
-    <t>#51 Andrew Turner - WLB</t>
+    <t>#41 Andrew Turner - WLB</t>
   </si>
   <si>
     <t>#25 Patrick Chavez - CB</t>
   </si>
   <si>
     <t>#29 Carlos Hanks - CB</t>
   </si>
   <si>
     <t>#47 Tristan Herman - SS</t>
   </si>
   <si>
     <t>#27 Stephen Martin - FS</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>HOU 36</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
@@ -518,117 +518,117 @@
   <si>
     <t>3-5-HOU 5 (10:18) 10-Gregory Moran pass complete to 80-Charles Davis to HOU 0 for 5 yards. TOUCHDOWN! NYA 6 HOU 0</t>
   </si>
   <si>
     <t>10:15</t>
   </si>
   <si>
     <t>HOU 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(10:16) Extra point GOOD by 5-David Schwartz. NYA 7 HOU 0</t>
   </si>
   <si>
     <t>#7 Richard Pearce - P</t>
   </si>
   <si>
     <t>#5 David Schwartz - K</t>
   </si>
   <si>
-    <t>#66 Harold Jackson - RT</t>
+    <t>#66 Harold Jackson - LT</t>
   </si>
   <si>
     <t>#73 Travis Miller - LT</t>
   </si>
   <si>
     <t>#56 Ray Rhea - LG</t>
   </si>
   <si>
     <t>#93 Jeff Miller - SLB</t>
   </si>
   <si>
     <t>#57 Clay Turbeville - WLB</t>
   </si>
   <si>
     <t>#90 Martin Mason - RDE</t>
   </si>
   <si>
     <t>NYA 35</t>
   </si>
   <si>
     <t>(10:16) 5-David Schwartz kicks 74 yards from NYA 35 to HOU -9. Touchback.</t>
   </si>
   <si>
-    <t>#40 Eugene Andersen - FB</t>
+    <t>#34 Eugene Andersen - FB</t>
   </si>
   <si>
     <t>#24 Kenneth Tomasini - CB</t>
   </si>
   <si>
     <t>#26 Timothy Dickerman - RB</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-HOU 25 (10:16) 5-Howard Ahmad pass Pass knocked down by 41-Charles Wagner. incomplete, intended for 87-Anthony Ulrich.</t>
   </si>
   <si>
     <t>#5 Howard Ahmad - QB</t>
   </si>
   <si>
-    <t>#44 David Ambrose - FB</t>
+    <t>#43 David Ambrose - FB</t>
   </si>
   <si>
     <t>#87 Anthony Ulrich - TE</t>
   </si>
   <si>
     <t>#15 Ernest Steele - WR</t>
   </si>
   <si>
-    <t>#17 Todd Ayers - WR</t>
+    <t>#87 Todd Ayers - WR</t>
   </si>
   <si>
     <t>#76 Tom Denson - LT</t>
   </si>
   <si>
     <t>#64 Paul Crandell - LG</t>
   </si>
   <si>
-    <t>#70 John Brown - C</t>
+    <t>#59 John Brown - C</t>
   </si>
   <si>
     <t>#65 Clifford Battin - RG</t>
   </si>
   <si>
     <t>#72 Vincent Jolly - RT</t>
   </si>
   <si>
     <t>#71 Ralph Roberts - LDE</t>
   </si>
   <si>
     <t>#65 George Vera - DT</t>
   </si>
   <si>
     <t>#76 Richard Britt - DT</t>
   </si>
   <si>
     <t>#97 Edward Dominguez - MLB</t>
   </si>
   <si>
     <t>#27 Eric Jones - CB</t>
   </si>
   <si>
     <t>#29 Randy Kramer - CB</t>
   </si>
@@ -650,51 +650,51 @@
   <si>
     <t>2-10-HOU 25 (10:13) 26-Timothy Dickerman ran to HOU 29 for 4 yards. Tackle by 97-Edward Dominguez.</t>
   </si>
   <si>
     <t>#82 Rafael Cuomo - WR</t>
   </si>
   <si>
     <t>#36 Charles Glover - CB</t>
   </si>
   <si>
     <t>9:31</t>
   </si>
   <si>
     <t>HOU 29</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>3-6-HOU 29 (9:30) 5-Howard Ahmad pass INTERCEPTED by 97-Edward Dominguez at HOU 35. 97-Edward Dominguez to HOU 35 for 0 yards. Tackle by 87-Anthony Ulrich.</t>
   </si>
   <si>
-    <t>#83 Stevie Manning - TE</t>
+    <t>#80 Stevie Manning - TE</t>
   </si>
   <si>
     <t>9:25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-HOU 35 (9:26) 10-Gregory Moran pass Pass knocked down by 25-Patrick Chavez. incomplete, intended for 80-Charles Davis. Pressure by 95-Vernon Bang.</t>
   </si>
   <si>
     <t>9:21</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>2-10-HOU 35 (9:22) 10-Gregory Moran pass Pass knocked down by 25-Patrick Chavez. incomplete, intended for 80-Charles Davis.</t>
   </si>
   <si>
     <t>9:18</t>
   </si>
@@ -773,51 +773,51 @@
   <si>
     <t>HOU 43</t>
   </si>
   <si>
     <t>Singleback Normal Post Corner</t>
   </si>
   <si>
     <t>3-4-HOU 43 (5:59) 5-Howard Ahmad sacked at HOU 36 for -7 yards (71-Ralph Roberts). Sack allowed by 72-Vincent Jolly.</t>
   </si>
   <si>
     <t>5:14</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-11-HOU 36 (5:13) 14-Mathew Steffens punts 46 yards to NYA 18. 40-Jose Hernandez to NYA 24 for 6 yards. Tackle by 25-Patrick Chavez.</t>
   </si>
   <si>
     <t>#14 Mathew Steffens - P</t>
   </si>
   <si>
-    <t>#73 David Ross - RT</t>
+    <t>#70 David Ross - RT</t>
   </si>
   <si>
     <t>#63 Bobby Watkins - RG</t>
   </si>
   <si>
     <t>#60 Gerald Johnson - C</t>
   </si>
   <si>
     <t>5:05</t>
   </si>
   <si>
     <t>NYA 24</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>1-10-NYA 24 (5:06) 30-Gerald Bartholomew ran to NYA 25 for 2 yards. Tackle by 50-Gus Cate.</t>
   </si>
   <si>
     <t>4:33</t>
   </si>
   <si>
     <t>NYA 25</t>
   </si>
@@ -974,51 +974,51 @@
   <si>
     <t>2-5-NYA 28 (11:27) 36-Edward Samuel ran to NYA 25 for 3 yards. Tackle by 97-Edward Dominguez. HOU 70-John Brown was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:45</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>3-2-NYA 25 (10:44) 36-Edward Samuel ran to NYA 26 for -1 yards. Tackle by 41-Charles Wagner.</t>
   </si>
   <si>
     <t>10:10</t>
   </si>
   <si>
     <t>NYA 26</t>
   </si>
   <si>
     <t>4-3-NYA 26 (10:09) 19-Robert Davis 45 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
-    <t>#74 Frank McRoy - LT</t>
+    <t>#77 Frank McRoy - LT</t>
   </si>
   <si>
     <t>#96 Nathaniel Ellis - MLB</t>
   </si>
   <si>
     <t>10:04</t>
   </si>
   <si>
     <t>1-10-NYA 33 (10:05) 40-Jose Hernandez ran to NYA 38 for 5 yards. Tackle by 95-Vernon Bang. 25-Steven Bennett was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>9:28</t>
   </si>
   <si>
     <t>NYA 38</t>
   </si>
   <si>
     <t>2-5-NYA 38 (9:27) 40-Jose Hernandez ran to NYA 39 for 1 yards. Tackle by 96-Howard Dark.</t>
   </si>
   <si>
     <t>8:50</t>
   </si>
   <si>
     <t>NYA 39</t>
   </si>
@@ -1607,126 +1607,126 @@
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>2-10-HOU 11 (9:14) 5-Howard Ahmad pass complete to 82-Rafael Cuomo to HOU 38 for 28 yards. Tackle by 27-Eric Jones.</t>
   </si>
   <si>
     <t>8:29</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>1-10-HOU 38 (8:28) 5-Howard Ahmad pass complete to 36-Edward Samuel to HOU 39 for 1 yards. Tackle by 97-Edward Dominguez. PENALTY - Offsides (NYA 76-Richard Britt)</t>
   </si>
   <si>
     <t>8:24</t>
   </si>
   <si>
     <t>1-5-HOU 43 (8:25) 26-Timothy Dickerman ran to HOU 43 for a short gain. Tackle by 41-Charles Wagner.</t>
   </si>
   <si>
-    <t>#48 Andrew Hood - SS</t>
+    <t>#69 Andrew Hood - LDE</t>
   </si>
   <si>
     <t>7:48</t>
   </si>
   <si>
     <t>2-5-HOU 43 (7:47) 5-Howard Ahmad pass complete to 87-Anthony Ulrich to NYA 47 for 9 yards. Tackle by 54-Thomas Lenihan. HOU 65-Clifford Battin was injured on the play.</t>
   </si>
   <si>
     <t>7:12</t>
   </si>
   <si>
     <t>NYA 47</t>
   </si>
   <si>
     <t>1-10-NYA 47 (7:11) 5-Howard Ahmad pass complete to 26-Timothy Dickerman to NYA 40 for 7 yards. Tackle by 54-Thomas Lenihan.</t>
   </si>
   <si>
     <t>6:31</t>
   </si>
   <si>
     <t>2-3-NYA 40 (6:30) 36-Edward Samuel ran to NYA 22 for 19 yards. Tackle by 48-Andrew Hood.</t>
   </si>
   <si>
     <t>5:56</t>
   </si>
   <si>
     <t>NYA 22</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-NYA 22 (5:55) 40-Eugene Andersen ran to NYA 23 for -2 yards. Tackle by 65-George Vera.</t>
   </si>
   <si>
-    <t>#33 Ronald McDaniels - SS</t>
+    <t>#25 Ronald McDaniels - SS</t>
   </si>
   <si>
     <t>5:22</t>
   </si>
   <si>
     <t>2-12-NYA 23 (5:21) 5-Howard Ahmad pass complete to 87-Anthony Ulrich to NYA 17 for 7 yards. Tackle by 29-Randy Kramer.</t>
   </si>
   <si>
     <t>4:40</t>
   </si>
   <si>
     <t>3-5-NYA 17 (4:39) 36-Edward Samuel ran to NYA 4 for 13 yards. Tackle by 36-Charles Glover.</t>
   </si>
   <si>
     <t>4:01</t>
   </si>
   <si>
     <t>NYA 4</t>
   </si>
   <si>
     <t>1-4-NYA 4 (4:00) 40-Eugene Andersen ran for 4 yards. TOUCHDOWN! NYA 17 HOU 23</t>
   </si>
   <si>
     <t>3:56</t>
   </si>
   <si>
     <t>(3:57) Extra point GOOD by 19-Robert Davis. NYA 17 HOU 24</t>
   </si>
   <si>
     <t>(3:57) 19-Robert Davis kicks 63 yards from HOU 35 to NYA 2. 40-Jose Hernandez to NYA 20 for 19 yards. Tackle by 27-Stephen Martin. HOU 96-Howard Dark was injured on the play.</t>
   </si>
   <si>
     <t>3:53</t>
   </si>
   <si>
     <t>1-10-NYA 20 (3:54) 10-Gregory Moran pass complete to 25-Steven Bennett to NYA 44 for 24 yards. Tackle by 47-Tristan Herman.</t>
   </si>
   <si>
-    <t>#43 Kermit Price - FS</t>
+    <t>#37 Kermit Price - CB</t>
   </si>
   <si>
     <t>3:19</t>
   </si>
   <si>
     <t>Singleback Normal FL Drag</t>
   </si>
   <si>
     <t>1-10-NYA 44 (3:18) 10-Gregory Moran sacked at NYA 36 for -8 yards (98-Marion Chatterton). Sack allowed by 67-Robert Contreras. 67-Robert Contreras was caught flat-footed on this play. HOU 96-Howard Dark was injured on the play.</t>
   </si>
   <si>
     <t>2-18-NYA 36 (2:41) 10-Gregory Moran pass complete to 84-Brian Kucera to NYA 45 for 8 yards. Tackle by 51-Andrew Turner.</t>
   </si>
   <si>
     <t>2:07</t>
   </si>
   <si>
     <t>3-10-NYA 45 (2:06) 10-Gregory Moran pass complete to 84-Brian Kucera to HOU 48 for 7 yards. Tackle by 50-Gus Cate.</t>
   </si>
   <si>
     <t>4-2-HOU 48 (2:00) 10-Gregory Moran pass complete to 80-Charles Davis to HOU 40 for 8 yards. Tackle by 93-Jeff Miller.</t>
   </si>
   <si>
     <t>1:42</t>
   </si>
@@ -2169,73 +2169,73 @@
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="268.934" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>