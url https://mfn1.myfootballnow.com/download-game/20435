--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -281,240 +281,240 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>NED has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>TEN</t>
   </si>
   <si>
     <t>TEN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Scott Hutchinson kicks 66 yards from TEN 35 to NED -1. 18-Marshall Murphy to NED 18 for 19 yards. Tackle by 48-Michael Monroe.</t>
   </si>
   <si>
-    <t>#18 Marshall Murphy - WR</t>
+    <t>#89 Marshall Murphy - TE</t>
   </si>
   <si>
     <t>#77 Francisco Mimms - LDE</t>
   </si>
   <si>
     <t>#24 Clyde Boyd - CB</t>
   </si>
   <si>
-    <t>#48 Justin Hucks - MLB</t>
-[...2 lines deleted...]
-    <t>#51 William Hillhouse - WLB</t>
+    <t>#39 Justin Hucks - FS</t>
+  </si>
+  <si>
+    <t>#91 William Hillhouse - DT</t>
   </si>
   <si>
     <t>#75 Don Cross - LDE</t>
   </si>
   <si>
     <t>#95 Herbert Royal - DT</t>
   </si>
   <si>
-    <t>#26 James Rae - CB</t>
+    <t>#53 James Rae - WLB</t>
   </si>
   <si>
     <t>#35 Francis Escobedo - CB</t>
   </si>
   <si>
     <t>#70 Michael Williams - DT</t>
   </si>
   <si>
-    <t>#20 Darryl Atkinson - CB</t>
-[...2 lines deleted...]
-    <t>#3 Scott Hutchinson - K</t>
+    <t>#44 Darryl Atkinson - CB</t>
+  </si>
+  <si>
+    <t>#9 Scott Hutchinson - K</t>
   </si>
   <si>
     <t>NED</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>NED 18</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Man</t>
   </si>
   <si>
     <t>1-10-NED 18 (14:58) 9-David Gram pass complete to 23-William Byars to NED 16 for -1 yards. Tackle by 20-William Cottle.</t>
   </si>
   <si>
     <t>#9 David Gram - QB</t>
   </si>
   <si>
-    <t>#23 William Byars - RB</t>
+    <t>#23 William Byars - WR</t>
   </si>
   <si>
     <t>#85 Ronald Seery - TE</t>
   </si>
   <si>
     <t>#2 Steven Beard - WR</t>
   </si>
   <si>
     <t>#18 Johnny Wells - WR</t>
   </si>
   <si>
     <t>#69 Kenny Burke - LT</t>
   </si>
   <si>
     <t>#62 Neil Lane - RG</t>
   </si>
   <si>
     <t>#58 James Absher - C</t>
   </si>
   <si>
-    <t>#63 Claude Nicholson - RG</t>
+    <t>#63 Claude Nicholson - LT</t>
   </si>
   <si>
     <t>#67 Ralph Watanabe - RT</t>
   </si>
   <si>
     <t>#50 Dan Romo - LDE</t>
   </si>
   <si>
     <t>#93 Sean Bowen - DT</t>
   </si>
   <si>
     <t>#67 Paul Grace - DT</t>
   </si>
   <si>
     <t>#58 Lance Maxwell - RDE</t>
   </si>
   <si>
     <t>#55 Alonzo Myers - MLB</t>
   </si>
   <si>
     <t>#94 Alfonso Farnsworth - WLB</t>
   </si>
   <si>
     <t>#20 William Cottle - CB</t>
   </si>
   <si>
-    <t>#48 Michael Monroe - CB</t>
+    <t>#27 Michael Monroe - CB</t>
   </si>
   <si>
     <t>#23 Joseph Carlisle - CB</t>
   </si>
   <si>
     <t>#27 Michael Baird - SS</t>
   </si>
   <si>
     <t>#25 Robert Delmonte - FS</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>NED 16</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>2-11-NED 16 (14:22) 9-David Gram sacked at NED 9 for -7 yards (50-Dan Romo). Sack allowed by 32-Jimmie Cabrera. TEN 93-Sean Bowen was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#32 Jimmie Cabrera - FB</t>
-[...2 lines deleted...]
-    <t>#97 Joseph Klein - SLB</t>
+    <t>#20 Jimmie Cabrera - FB</t>
+  </si>
+  <si>
+    <t>#96 Joseph Klein - SLB</t>
   </si>
   <si>
     <t>13:45</t>
   </si>
   <si>
     <t>NED 9</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-18-NED 9 (13:44) 9-David Gram sacked at NED 2 for -7 yards (50-Dan Romo). Sack allowed by 67-Ralph Watanabe. 67-Ralph Watanabe totally missed that block.</t>
   </si>
   <si>
     <t>#66 Christopher Hord - RT</t>
   </si>
   <si>
     <t>#61 Matthew Collins - RDE</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>NED 2</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-26-NED 2 (13:01) 1-Jeremiah Jessup punts 53 yards to TEN 45. 88-Eugene Simon to NED 42 for 13 yards. Tackle by 66-Christopher Hord. TEN 23-Joseph Carlisle was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#1 Jeremiah Jessup - P</t>
   </si>
   <si>
-    <t>#57 Jose Owens - C</t>
+    <t>#74 Jose Owens - LT</t>
   </si>
   <si>
     <t>#88 Eugene Simon - WR</t>
   </si>
   <si>
     <t>#98 Alton Lowry - MLB</t>
   </si>
   <si>
     <t>#33 Kyle Chase - SS</t>
   </si>
   <si>
-    <t>#64 Sean Smith - RG</t>
+    <t>#64 Sean Smith - LG</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>NED 42</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-NED 42 (12:53) 22-Kevin Gilbert ran to NED 35 for 7 yards. Tackle by 99-Randall Rivera.</t>
   </si>
   <si>
     <t>#11 Richard Casey - QB</t>
   </si>
   <si>
     <t>#22 Kevin Gilbert - RB</t>
   </si>
   <si>
     <t>#24 Alan Desrosiers - RB</t>
   </si>
@@ -599,51 +599,51 @@
   <si>
     <t>NED 32</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-NED 32 (11:00) 22-Kevin Gilbert ran to NED 27 for 5 yards. Tackle by 99-Randall Rivera.</t>
   </si>
   <si>
     <t>10:16</t>
   </si>
   <si>
     <t>NED 27</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-5-NED 27 (10:15) 43-Richard Moore ran to NED 27 for a short loss. Tackle by 26-James Rae.</t>
   </si>
   <si>
-    <t>#43 Richard Moore - RB</t>
+    <t>#40 Richard Moore - RB</t>
   </si>
   <si>
     <t>9:38</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>3-5-NED 27 (9:37) 22-Kevin Gilbert ran to NED 22 for 6 yards. Tackle by 55-Dwight Hall.</t>
   </si>
   <si>
     <t>9:02</t>
   </si>
   <si>
     <t>NED 22</t>
   </si>
   <si>
     <t>1-10-NED 22 (9:01) 22-Kevin Gilbert ran to NED 19 for 3 yards. Tackle by 99-Randall Rivera.</t>
   </si>
   <si>
     <t>8:17</t>
   </si>
   <si>
     <t>NED 19</t>
   </si>
@@ -674,72 +674,72 @@
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-NED 13 (7:00) 3-Scott Hutchinson 31 yard field goal is GOOD. NED 51-William Hillhouse was injured on the play. He looks like he should be able to return. TEN 3 NED 0</t>
   </si>
   <si>
     <t>#8 Rick Deckard - P</t>
   </si>
   <si>
     <t>#79 William Powell - C</t>
   </si>
   <si>
     <t>#73 Steven Booker - RT</t>
   </si>
   <si>
     <t>#57 David Parker - LG</t>
   </si>
   <si>
     <t>#79 Michael Allan - RDE</t>
   </si>
   <si>
     <t>#98 Phillip Merritt - MLB</t>
   </si>
   <si>
-    <t>#71 Vernon Smith - RDE</t>
+    <t>#52 Vernon Smith - LDE</t>
   </si>
   <si>
     <t>6:56</t>
   </si>
   <si>
     <t>(6:57) 3-Scott Hutchinson kicks 72 yards from TEN 35 to NED -7. Touchback.</t>
   </si>
   <si>
     <t>NED 25</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-NED 25 (6:57) 23-William Byars ran to NED 29 for 4 yards. Tackle by 94-Alfonso Farnsworth.</t>
   </si>
   <si>
     <t>#88 John Smith - TE</t>
   </si>
   <si>
-    <t>#84 Sean Haun - TE</t>
+    <t>#42 Sean Haun - FB</t>
   </si>
   <si>
     <t>6:16</t>
   </si>
   <si>
     <t>NED 29</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>2-6-NED 29 (6:15) 9-David Gram sacked at NED 19 for -10 yards (50-Dan Romo). Sack allowed by 67-Ralph Watanabe.</t>
   </si>
   <si>
     <t>#33 Joseph Escamilla - RB</t>
   </si>
   <si>
     <t>#7 Paul Thompson - FS</t>
   </si>
   <si>
     <t>5:41</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
@@ -983,51 +983,51 @@
   <si>
     <t>9:27</t>
   </si>
   <si>
     <t>4-3-TEN 46 (9:26) 8-Rick Deckard punts 46 yards to NED 8.</t>
   </si>
   <si>
     <t>9:15</t>
   </si>
   <si>
     <t>NED 8</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>1-10-NED 8 (9:16) 9-David Gram pass complete to 18-Marshall Murphy to NED 27 for 19 yards. Tackle by 97-Joseph Klein. 18-Marshall Murphy made a great move on the CB.</t>
   </si>
   <si>
     <t>8:33</t>
   </si>
   <si>
     <t>1-10-NED 27 (8:32) 9-David Gram pass Pass knocked down by 20-William Cottle. incomplete, intended for 18-Johnny Wells. 48-Michael Monroe got away with a hold on that play.</t>
   </si>
   <si>
-    <t>#14 Juan Freed - WR</t>
+    <t>#40 Juan Freed - FB</t>
   </si>
   <si>
     <t>8:28</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>2-10-NED 27 (8:29) 23-William Byars ran to NED 40 for 14 yards. Tackle by 23-Joseph Carlisle. NED 32-Jimmie Cabrera was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>7:44</t>
   </si>
   <si>
     <t>NED 40</t>
   </si>
   <si>
     <t>Nickel Strong FS WLB Blitz</t>
   </si>
   <si>
     <t>1-10-NED 40 (7:43) 9-David Gram sacked at NED 31 for -10 yards (93-Sean Bowen). Sack allowed by 62-Neil Lane.</t>
   </si>
@@ -2160,94 +2160,94 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="370.338" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">