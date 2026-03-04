--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -365,51 +365,51 @@
   <si>
     <t>#15 Mark Wallace - WR</t>
   </si>
   <si>
     <t>#87 Alexander Wong - WR</t>
   </si>
   <si>
     <t>#73 Joseph Pike - LT</t>
   </si>
   <si>
     <t>#20 Robert Hilton - LG</t>
   </si>
   <si>
     <t>#53 William Boner - C</t>
   </si>
   <si>
     <t>#72 Christopher Castillo - RG</t>
   </si>
   <si>
     <t>#82 Eugene Lawrence - RT</t>
   </si>
   <si>
     <t>#67 Tracy Killian - LDE</t>
   </si>
   <si>
-    <t>#98 Norman Muff - DT</t>
+    <t>#68 Norman Muff - DT</t>
   </si>
   <si>
     <t>#99 James Gupta - DT</t>
   </si>
   <si>
     <t>#98 Mark Roberts - MLB</t>
   </si>
   <si>
     <t>#95 Joe Green - SLB</t>
   </si>
   <si>
     <t>#92 Mark Parker - MLB</t>
   </si>
   <si>
     <t>#97 John Hemphill - WLB</t>
   </si>
   <si>
     <t>#44 Clay Briggs - CB</t>
   </si>
   <si>
     <t>#33 Fredrick Jackson - CB</t>
   </si>
   <si>
     <t>#20 Gary William - FS</t>
   </si>
@@ -575,51 +575,51 @@
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-9-NOS 39 (12:57) 28-Ronald Luna ran to NOS 40 for 2 yards. Tackle by 64-Scott Martins.</t>
   </si>
   <si>
     <t>12:18</t>
   </si>
   <si>
     <t>NOS 40</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>3-7-NOS 40 (12:17) 2-Martin Newsome pass complete to 89-George Jones to NOS 42 for 2 yards. Tackle by 21-Craig Sawyer.</t>
   </si>
   <si>
     <t>#15 Myron Haggerty - WR</t>
   </si>
   <si>
-    <t>#40 Kevin Rennie - FS</t>
+    <t>#49 Kevin Rennie - FS</t>
   </si>
   <si>
     <t>11:38</t>
   </si>
   <si>
     <t>NOS 42</t>
   </si>
   <si>
     <t>4-6-NOS 42 (11:37) 7-Gary Anderson punts 48 yards to SFO 9. Fair Catch by 43-Randy Eckert.</t>
   </si>
   <si>
     <t>#7 Gary Anderson - P</t>
   </si>
   <si>
     <t>#57 David Palacio - LG</t>
   </si>
   <si>
     <t>#75 Henry Green - LT</t>
   </si>
   <si>
     <t>#56 Paul Whitney - LG</t>
   </si>
   <si>
     <t>#74 Nicolas Corley - RG</t>
   </si>