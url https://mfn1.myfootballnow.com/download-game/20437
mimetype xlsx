--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -290,195 +290,195 @@
   <si>
     <t>WAS</t>
   </si>
   <si>
     <t>WAS 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Raymond Fox kicks 55 yards from WAS 35 to SEA 10. 28-James Moran to SEA 23 for 14 yards. Tackle by 37-Michael Oyler.</t>
   </si>
   <si>
     <t>#28 James Moran - RB</t>
   </si>
   <si>
     <t>#47 Raymond Green - SS</t>
   </si>
   <si>
     <t>#34 Robert Desir - CB</t>
   </si>
   <si>
-    <t>#96 Paul Burke - WLB</t>
+    <t>#55 Paul Burke - WLB</t>
   </si>
   <si>
     <t>#61 Lowell McCalla - RDE</t>
   </si>
   <si>
     <t>#95 Mark Hager - DT</t>
   </si>
   <si>
     <t>#39 Jose Anderson - CB</t>
   </si>
   <si>
     <t>#57 James Reny - MLB</t>
   </si>
   <si>
-    <t>#59 John Nickelson - MLB</t>
+    <t>#92 John Nickelson - MLB</t>
   </si>
   <si>
     <t>#97 Ron Main - SLB</t>
   </si>
   <si>
     <t>#77 William Allen - DT</t>
   </si>
   <si>
     <t>#3 Raymond Fox - K</t>
   </si>
   <si>
     <t>SEA</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>SEA 23</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-SEA 23 (14:58) 28-James Moran ran to SEA 43 for 19 yards. Tackle by 38-William Getz. WAS 76-Clifton Hernandez was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#10 Jonathan Olivarez - QB</t>
+    <t>#12 Jonathan Olivarez - QB</t>
   </si>
   <si>
     <t>#23 Hollis Kropp - FB</t>
   </si>
   <si>
     <t>#85 Michael Mims - TE</t>
   </si>
   <si>
     <t>#89 Marcus Barron - WR</t>
   </si>
   <si>
     <t>#87 Reed Baker - WR</t>
   </si>
   <si>
     <t>#52 Stephen Quam - LT</t>
   </si>
   <si>
     <t>#70 Gary Starks - RG</t>
   </si>
   <si>
     <t>#51 Charles Santos - C</t>
   </si>
   <si>
     <t>#69 Keith Coppage - RG</t>
   </si>
   <si>
-    <t>#76 Spencer Womack - RT</t>
+    <t>#61 Spencer Womack - RG</t>
   </si>
   <si>
     <t>#62 Don Lilly - LDE</t>
   </si>
   <si>
     <t>#61 Edgar Overturf - DT</t>
   </si>
   <si>
-    <t>#76 Clifton Hernandez - DT</t>
+    <t>#75 Clifton Hernandez - DT</t>
   </si>
   <si>
     <t>#52 Henry Aaron - RDE</t>
   </si>
   <si>
     <t>#59 Juan Deleon - SLB</t>
   </si>
   <si>
     <t>#96 Vincent Albertson - MLB</t>
   </si>
   <si>
     <t>#54 Michael Henderson - WLB</t>
   </si>
   <si>
-    <t>#37 Michael Oyler - CB</t>
+    <t>#37 Michael Oyler - SS</t>
   </si>
   <si>
     <t>#20 Rodolfo Payne - CB</t>
   </si>
   <si>
-    <t>#49 Matthew Smith - SS</t>
+    <t>#39 Matthew Smith - FS</t>
   </si>
   <si>
     <t>#38 William Getz - FS</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>SEA 43</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-SEA 43 (14:13) 10-Jonathan Olivarez pass complete to 89-Marcus Barron to SEA 46 for 3 yards. Tackle by 37-Michael Oyler.</t>
   </si>
   <si>
-    <t>#95 Christopher Butts - MLB</t>
+    <t>#91 Christopher Butts - MLB</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>SEA 46</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-7-SEA 46 (13:31) 28-James Moran ran to WAS 43 for 11 yards. Tackle by 96-Vincent Albertson.</t>
   </si>
   <si>
     <t>#15 Michael Gregg - WR</t>
   </si>
   <si>
-    <t>#44 Richard Arwood - CB</t>
+    <t>#44 Richard Arwood - FS</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
   <si>
     <t>WAS 43</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-WAS 43 (12:55) 31-Calvin Patterson ran to WAS 38 for 5 yards. Tackle by 37-Michael Oyler.</t>
   </si>
   <si>
     <t>#31 Calvin Patterson - RB</t>
   </si>
   <si>
     <t>12:20</t>
   </si>
   <si>
     <t>WAS 38</t>
   </si>
@@ -503,171 +503,171 @@
   <si>
     <t>11:06</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-2-WAS 35 (11:05) 18-Donald Nash 52 yard field goal is GOOD. WAS 0 SEA 3</t>
   </si>
   <si>
     <t>#60 Danny McCann - C</t>
   </si>
   <si>
     <t>#18 Donald Nash - K</t>
   </si>
   <si>
     <t>#66 Clinton Greene - RG</t>
   </si>
   <si>
     <t>#54 Dwayne Ruiz - RT</t>
   </si>
   <si>
-    <t>#57 Willard Thomas - RDE</t>
+    <t>#72 Willard Thomas - LDE</t>
   </si>
   <si>
     <t>#50 Donnie Putnam - RT</t>
   </si>
   <si>
     <t>#72 Richard Ristau - LDE</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
   <si>
     <t>SEA 35</t>
   </si>
   <si>
     <t>(11:01) 18-Donald Nash kicks 75 yards from SEA 35 to WAS -10. Touchback.</t>
   </si>
   <si>
     <t>#22 Richard Johnson - RB</t>
   </si>
   <si>
-    <t>#90 Joshua Thomas - MLB</t>
+    <t>#98 Joshua Thomas - MLB</t>
   </si>
   <si>
     <t>#75 Jeffery Hodges - DT</t>
   </si>
   <si>
     <t>WAS 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-WAS 25 (11:01) 22-Richard Johnson ran to WAS 33 for 8 yards. Tackle by 97-Ron Main.</t>
   </si>
   <si>
     <t>#16 William Maheu - QB</t>
   </si>
   <si>
     <t>#35 Steve Stevenson - FB</t>
   </si>
   <si>
     <t>#86 Michael Massey - WR</t>
   </si>
   <si>
     <t>#10 Ross Connell - WR</t>
   </si>
   <si>
     <t>#87 James Spinelli - WR</t>
   </si>
   <si>
     <t>#79 Kim Allen - LT</t>
   </si>
   <si>
     <t>#53 Jason Gordon - C</t>
   </si>
   <si>
     <t>#60 William Hampton - C</t>
   </si>
   <si>
-    <t>#73 Paul Davis - RG</t>
-[...2 lines deleted...]
-    <t>#68 John Anderson - C</t>
+    <t>#61 Paul Davis - LT</t>
+  </si>
+  <si>
+    <t>#76 John Anderson - C</t>
   </si>
   <si>
     <t>#63 David Roberts - LDE</t>
   </si>
   <si>
-    <t>#20 Marcus Lynch - CB</t>
+    <t>#27 Marcus Lynch - CB</t>
   </si>
   <si>
     <t>#22 Richard House - SS</t>
   </si>
   <si>
     <t>#40 Carl Jefcoat - FS</t>
   </si>
   <si>
     <t>10:19</t>
   </si>
   <si>
     <t>WAS 33</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-2-WAS 33 (10:18) 22-Richard Johnson ran to WAS 45 for 12 yards. Tackle by 40-Carl Jefcoat.</t>
   </si>
   <si>
     <t>9:39</t>
   </si>
   <si>
     <t>WAS 45</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>1-10-WAS 45 (9:38) 16-William Maheu ran to SEA 45 for 10 yards. Tackle by 97-Ron Main.</t>
   </si>
   <si>
     <t>8:53</t>
   </si>
   <si>
     <t>SEA 45</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-SEA 45 (8:52) 16-William Maheu pass incomplete, dropped by 84-George Payne.</t>
   </si>
   <si>
-    <t>#33 Robert Sterling - RB</t>
+    <t>#22 Robert Sterling - RB</t>
   </si>
   <si>
     <t>#84 George Payne - TE</t>
   </si>
   <si>
     <t>8:49</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>2-10-SEA 45 (8:50) 16-William Maheu sacked at SEA 48 for -3 yards (63-David Roberts). Sack allowed by 68-John Anderson.</t>
   </si>
   <si>
     <t>8:07</t>
   </si>
   <si>
     <t>SEA 48</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
@@ -1091,72 +1091,72 @@
   <si>
     <t>9:56</t>
   </si>
   <si>
     <t>SEA 1</t>
   </si>
   <si>
     <t>1-1-SEA 1 (9:57) 33-Robert Sterling ran to SEA 0 for 1 yards. Tackle by 95-Mark Hager. WAS 68-John Anderson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#13 Steven Harrison - WR</t>
   </si>
   <si>
     <t>9:18</t>
   </si>
   <si>
     <t>SEA 0</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>2-1-SEA 0 (9:17) 22-Richard Johnson ran to SEA 0 for a short loss. Tackle by 95-Mark Hager.</t>
   </si>
   <si>
-    <t>#83 Joe Jackson - TE</t>
+    <t>#73 Joe Jackson - RT</t>
   </si>
   <si>
     <t>8:44</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>3-1-SEA 0 (8:43) 22-Richard Johnson ran to SEA 1 for a short loss. Tackle by 96-Paul Burke.</t>
   </si>
   <si>
     <t>8:09</t>
   </si>
   <si>
     <t>4-1-SEA 1 (8:08) 3-Raymond Fox 18 yard field goal is GOOD. WAS 3 SEA 12</t>
   </si>
   <si>
     <t>#21 Travis Lum - RB</t>
   </si>
   <si>
-    <t>#23 Steven Dolby - FB</t>
+    <t>#34 Steven Dolby - FB</t>
   </si>
   <si>
     <t>8:05</t>
   </si>
   <si>
     <t>(8:06) 3-Raymond Fox kicks 65 yards from WAS 35 to SEA 0. Touchback.</t>
   </si>
   <si>
     <t>SEA 25</t>
   </si>
   <si>
     <t>1-10-SEA 25 (8:06) 10-Jonathan Olivarez pass Pass knocked down by 37-Michael Oyler. incomplete, intended for 23-Hollis Kropp.</t>
   </si>
   <si>
     <t>8:02</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>2-10-SEA 25 (8:03) 10-Jonathan Olivarez pass complete to 15-Michael Gregg to SEA 30 for 5 yards. Tackle by 44-Richard Arwood. Pressure by 49-Matthew Smith. SEA 76-Spencer Womack was injured on the play. He looks like he should be able to return. SEA 28-James Moran was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>7:18</t>
   </si>