--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -308,174 +308,174 @@
   <si>
     <t>#59 Steven Jung - WLB</t>
   </si>
   <si>
     <t>#39 Ryan Lane - CB</t>
   </si>
   <si>
     <t>#55 Dennis Goodman - MLB</t>
   </si>
   <si>
     <t>#20 Johnny Pace - SS</t>
   </si>
   <si>
     <t>#31 Jason Forrester - CB</t>
   </si>
   <si>
     <t>#93 Trenton Larsen - RDE</t>
   </si>
   <si>
     <t>#57 Zane Hall - MLB</t>
   </si>
   <si>
     <t>#24 Andre Bolden - FS</t>
   </si>
   <si>
-    <t>#97 Robert McCullough - DT</t>
+    <t>#64 Robert McCullough - LDE</t>
   </si>
   <si>
     <t>#29 Robert Eaton - CB</t>
   </si>
   <si>
-    <t>#77 Clifford Marcus - LT</t>
+    <t>#67 Clifford Marcus - LT</t>
   </si>
   <si>
     <t>NYN</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>NYN 31</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>1-10-NYN 31 (14:56) 30-Troy Rivers ran to NYN 32 for 1 yards. Tackle by 91-Joseph Lamb.</t>
   </si>
   <si>
     <t>#9 Thomas Parsley - QB</t>
   </si>
   <si>
     <t>#30 Troy Rivers - WR</t>
   </si>
   <si>
-    <t>#36 Christopher Fry - RB</t>
+    <t>#49 Christopher Fry - RB</t>
   </si>
   <si>
     <t>#18 Frank Davis - WR</t>
   </si>
   <si>
     <t>#86 Jason Roth - TE</t>
   </si>
   <si>
     <t>#74 Ronald Cantrell - LT</t>
   </si>
   <si>
     <t>#62 Landon Everhart - LG</t>
   </si>
   <si>
     <t>#65 Joshua Hawkins - C</t>
   </si>
   <si>
     <t>#67 David Graham - RG</t>
   </si>
   <si>
     <t>#78 Chad Clifton - RT</t>
   </si>
   <si>
-    <t>#93 Sean Boyce - LDE</t>
+    <t>#54 Sean Boyce - RDE</t>
   </si>
   <si>
     <t>#99 Brian Taylor - DT</t>
   </si>
   <si>
-    <t>#96 William Cleveland - LDE</t>
-[...2 lines deleted...]
-    <t>#70 Thomas Marino - DT</t>
+    <t>#95 William Cleveland - DT</t>
+  </si>
+  <si>
+    <t>#90 Thomas Marino - DT</t>
   </si>
   <si>
     <t>#98 Dustin Vanish - RDE</t>
   </si>
   <si>
-    <t>#91 Joseph Lamb - SLB</t>
-[...8 lines deleted...]
-    <t>#36 Christopher Cohen - CB</t>
+    <t>#76 Joseph Lamb - RDE</t>
+  </si>
+  <si>
+    <t>#91 Juan Biller - MLB</t>
+  </si>
+  <si>
+    <t>#37 Kevin Tapp - SS</t>
+  </si>
+  <si>
+    <t>#22 Christopher Cohen - CB</t>
   </si>
   <si>
     <t>#25 Robert Murphy - CB</t>
   </si>
   <si>
     <t>#33 William Honaker - FS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>NYN 32</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-9-NYN 32 (14:15) 30-Troy Rivers ran to NYN 36 for 4 yards. Tackle by 54-Juan Biller.</t>
   </si>
   <si>
     <t>#17 Brandon Saldana - WR</t>
   </si>
   <si>
     <t>#19 Danny Ware - WR</t>
   </si>
   <si>
     <t>#13 Larry Thomas - WR</t>
   </si>
   <si>
     <t>#95 Edward Ortiz - RDE</t>
   </si>
   <si>
     <t>#49 Aron Roberts - CB</t>
   </si>
   <si>
     <t>#23 Edgar Atkinson - CB</t>
   </si>
   <si>
-    <t>#41 Charles Wotring - FS</t>
+    <t>#6 Charles Wotring - FS</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>NYN 36</t>
   </si>
   <si>
     <t>Singleback Empty 4 Short Posts</t>
   </si>
   <si>
     <t>Dime Flat Prevent</t>
   </si>
   <si>
     <t>3-4-NYN 36 (13:39) 9-Thomas Parsley pass complete to 86-Jason Roth to NYN 43 for 7 yards. Tackle by 23-Edgar Atkinson.</t>
   </si>
   <si>
     <t>#73 Wade Friese - DT</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
   <si>
     <t>NYN 43</t>
   </si>
@@ -557,285 +557,285 @@
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(10:01) Extra point GOOD by 3-Jonathan McCord. NYN 7 DAL 0</t>
   </si>
   <si>
     <t>#2 Doyle Armstrong - P</t>
   </si>
   <si>
     <t>#69 Joseph Vannoy - LG</t>
   </si>
   <si>
     <t>#3 Jonathan McCord - K</t>
   </si>
   <si>
     <t>#64 Mike Roberts - C</t>
   </si>
   <si>
     <t>#66 Christopher Cruz - RG</t>
   </si>
   <si>
     <t>#63 Harlan Mills - C</t>
   </si>
   <si>
-    <t>#51 James Franks - MLB</t>
-[...5 lines deleted...]
-    <t>#57 Charles Couey - WLB</t>
+    <t>#90 James Franks - MLB</t>
+  </si>
+  <si>
+    <t>#51 Ronnie Ayers - RDE</t>
+  </si>
+  <si>
+    <t>#72 Charles Couey - DT</t>
   </si>
   <si>
     <t>NYN 35</t>
   </si>
   <si>
     <t>(10:01) 3-Jonathan McCord kicks 74 yards from NYN 35 to DAL -9. Touchback.</t>
   </si>
   <si>
-    <t>#88 Roger Firth - WR</t>
-[...2 lines deleted...]
-    <t>#67 Vincent Swenson - C</t>
+    <t>#9 Roger Firth - WR</t>
+  </si>
+  <si>
+    <t>#58 Vincent Swenson - C</t>
   </si>
   <si>
     <t>#85 Jeffrey Castillo - TE</t>
   </si>
   <si>
     <t>DAL 25</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>1-10-DAL 25 (10:01) 2-Joey Bowers ran to DAL 24 for -1 yards. Tackle by 55-Dennis Goodman.</t>
   </si>
   <si>
-    <t>#4 Patrick Camp - QB</t>
-[...8 lines deleted...]
-    <t>#19 Benjamin Nguyen - WR</t>
+    <t>#2 Patrick Camp - QB</t>
+  </si>
+  <si>
+    <t>#6 Joey Bowers - RB</t>
+  </si>
+  <si>
+    <t>#60 Leroy Zimmerman - RG</t>
+  </si>
+  <si>
+    <t>#12 Benjamin Nguyen - WR</t>
   </si>
   <si>
     <t>#16 Todd McCarty - WR</t>
   </si>
   <si>
-    <t>#66 Ryan Pak - LG</t>
-[...5 lines deleted...]
-    <t>#75 Anthony Thomas - RT</t>
+    <t>#61 Ryan Pak - LG</t>
+  </si>
+  <si>
+    <t>#68 Harrison Walters - LT</t>
+  </si>
+  <si>
+    <t>#55 Anthony Thomas - RT</t>
   </si>
   <si>
     <t>#94 John Herzog - LDE</t>
   </si>
   <si>
-    <t>#91 Kyle Connor - DT</t>
-[...2 lines deleted...]
-    <t>#58 Noah McBee - SLB</t>
+    <t>#69 Kyle Connor - DT</t>
+  </si>
+  <si>
+    <t>#95 Noah McBee - SLB</t>
   </si>
   <si>
     <t>#21 Antonio Cromartie - CB</t>
   </si>
   <si>
     <t>9:24</t>
   </si>
   <si>
     <t>DAL 24</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-11-DAL 24 (9:23) 2-Joey Bowers ran to DAL 26 for 1 yards. Tackle by 97-Robert McCullough.</t>
   </si>
   <si>
     <t>#41 James Nielsen - CB</t>
   </si>
   <si>
     <t>8:44</t>
   </si>
   <si>
     <t>DAL 26</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-9-DAL 26 (8:43) 2-Joey Bowers ran to DAL 26 for a short gain. Tackle by 31-Jason Forrester.</t>
   </si>
   <si>
-    <t>#87 Ian Isenhour - TE</t>
+    <t>#88 Ian Isenhour - TE</t>
   </si>
   <si>
     <t>8:08</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-9-DAL 26 (8:07) Punt BLOCKED by 39-Ryan Lane! recovered by NYN-39-Ryan Lane for 2 yards. TOUCHDOWN! NYN 13 DAL 0</t>
   </si>
   <si>
-    <t>#13 Pedro Mitchell - K</t>
-[...5 lines deleted...]
-    <t>#65 Joseph Nathan - C</t>
+    <t>#4 Pedro Mitchell - K</t>
+  </si>
+  <si>
+    <t>#61 Robert Scott - LG</t>
+  </si>
+  <si>
+    <t>#59 Joseph Nathan - C</t>
   </si>
   <si>
     <t>8:02</t>
   </si>
   <si>
     <t>(8:03) Extra point GOOD by 3-Jonathan McCord. NYN 14 DAL 0</t>
   </si>
   <si>
     <t>(8:03) 3-Jonathan McCord kicks 75 yards from NYN 35 to DAL -10. Touchback.</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-DAL 25 (8:03) 4-Patrick Camp pass complete to 87-Ian Isenhour to DAL 30 for 5 yards. Tackle by 21-Antonio Cromartie.</t>
   </si>
   <si>
-    <t>#40 Albert Ponce - RB</t>
+    <t>#11 Albert Ponce - RB</t>
   </si>
   <si>
     <t>#99 Andrew Ray - LDE</t>
   </si>
   <si>
     <t>7:17</t>
   </si>
   <si>
     <t>DAL 30</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-5-DAL 30 (7:16) 4-Patrick Camp pass incomplete, the ball was thrown away. Pressure by 29-Robert Eaton. 39-Ryan Lane got away with a hold on that play.</t>
   </si>
   <si>
     <t>#95 Richard Chapin - RDE</t>
   </si>
   <si>
     <t>7:10</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-5-DAL 30 (7:11) 2-Joey Bowers ran to DAL 37 for 7 yards. Tackle by 20-Johnny Pace.</t>
   </si>
   <si>
-    <t>#24 Adam Byler - RB</t>
-[...2 lines deleted...]
-    <t>#79 Edward Meador - TE</t>
+    <t>#5 Adam Byler - RB</t>
+  </si>
+  <si>
+    <t>#63 Edward Meador - LG</t>
   </si>
   <si>
     <t>#54 Rafael Kirk - WLB</t>
   </si>
   <si>
     <t>6:37</t>
   </si>
   <si>
     <t>DAL 37</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-DAL 37 (6:36) 4-Patrick Camp pass incomplete, dropped by 24-Adam Byler. Pressure by 59-Steven Jung.</t>
   </si>
   <si>
     <t>6:31</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>2-10-DAL 37 (6:32) 4-Patrick Camp pass complete to 19-Benjamin Nguyen to DAL 40 for 3 yards. Tackle by 41-James Nielsen.</t>
   </si>
   <si>
     <t>#47 Jamie Miller - CB</t>
   </si>
   <si>
     <t>5:52</t>
   </si>
   <si>
     <t>DAL 40</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Flat</t>
   </si>
   <si>
     <t>3-7-DAL 40 (5:51) 4-Patrick Camp pass complete to 2-Joey Bowers to DAL 41 for 1 yards. Tackle by 20-Johnny Pace.</t>
   </si>
   <si>
     <t>#83 James Morse - WR</t>
   </si>
   <si>
-    <t>#86 Ricardo Davis - WR</t>
+    <t>#4 Ricardo Davis - WR</t>
   </si>
   <si>
     <t>5:17</t>
   </si>
   <si>
     <t>DAL 41</t>
   </si>
   <si>
     <t>4-5-DAL 41 (5:16) 13-Pedro Mitchell punts 30 yards to NYN 28. NYN 97-Robert McCullough was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:07</t>
   </si>
   <si>
     <t>NYN 28</t>
   </si>
   <si>
     <t>1-10-NYN 28 (5:08) 30-Troy Rivers ran to NYN 28 for a short loss. Tackle by 54-Juan Biller.</t>
   </si>
   <si>
     <t>4:28</t>
   </si>
   <si>
     <t>2-10-NYN 28 (4:27) 9-Thomas Parsley pass complete to 17-Brandon Saldana to NYN 40 for 12 yards. Tackle by 36-Christopher Cohen.</t>
   </si>
@@ -869,51 +869,51 @@
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-DAL 46 (2:26) 9-Thomas Parsley pass complete to 13-Larry Thomas to DAL 35 for 11 yards. Tackle by 55-Kevin Tapp. DAL 70-Thomas Marino was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>1:47</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-10-DAL 35 (1:46) 9-Thomas Parsley pass incomplete, dropped by 17-Brandon Saldana. Excellent coverage on that play.</t>
   </si>
   <si>
     <t>1:41</t>
   </si>
   <si>
     <t>2-10-DAL 35 (1:42) 18-Frank Davis ran to DAL 30 for 5 yards. Tackle by 57-Charles Couey.</t>
   </si>
   <si>
-    <t>#16 Charles Best - WR</t>
+    <t>#17 Charles Best - WR</t>
   </si>
   <si>
     <t>1:07</t>
   </si>
   <si>
     <t>3-5-DAL 30 (1:06) 35-Vicente Degnan ran to DAL 26 for 4 yards. Tackle by 55-Kevin Tapp. 19-Danny Ware missed that block completely.</t>
   </si>
   <si>
     <t>0:23</t>
   </si>
   <si>
     <t>4-1-DAL 26 (0:22) 3-Jonathan McCord 43 yard field goal is GOOD. NYN 17 DAL 0</t>
   </si>
   <si>
     <t>0:18</t>
   </si>
   <si>
     <t>(0:19) 3-Jonathan McCord kicks 75 yards from NYN 35 to DAL -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-DAL 25 (0:19) 2-Joey Bowers ran to DAL 30 for 5 yards. Tackle by 58-Noah McBee.</t>
   </si>
   <si>
     <t>#96 William Garcia - DT</t>
   </si>
@@ -1385,51 +1385,51 @@
   <si>
     <t>7:13</t>
   </si>
   <si>
     <t>DAL 9</t>
   </si>
   <si>
     <t>1-9-DAL 9 (7:14) 9-Thomas Parsley pass complete to 18-Frank Davis for 9 yards. TOUCHDOWN! NYN 47 DAL 0</t>
   </si>
   <si>
     <t>7:11</t>
   </si>
   <si>
     <t>(7:12) Extra point GOOD by 3-Jonathan McCord. NYN 48 DAL 0</t>
   </si>
   <si>
     <t>(7:12) 3-Jonathan McCord kicks 75 yards from NYN 35 to DAL -10. Touchback.</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-DAL 25 (7:12) 4-Patrick Camp pass Pass knocked down by 21-Antonio Cromartie. incomplete, intended for 2-Joey Bowers.</t>
   </si>
   <si>
-    <t>#62 John Lee - RT</t>
+    <t>#69 John Lee - RT</t>
   </si>
   <si>
     <t>7:07</t>
   </si>
   <si>
     <t>2-10-DAL 25 (7:08) 4-Patrick Camp pass incomplete, dropped by 44-Leroy Zimmerman. Pressure by 91-Kyle Connor.</t>
   </si>
   <si>
     <t>7:04</t>
   </si>
   <si>
     <t>3-10-DAL 25 (7:05) 4-Patrick Camp pass complete to 40-Albert Ponce to DAL 25 for a short loss. Tackle by 31-Jason Forrester.</t>
   </si>
   <si>
     <t>6:26</t>
   </si>
   <si>
     <t>4-10-DAL 25 (6:25) 13-Pedro Mitchell punts 31 yards to NYN 44. NYN 57-Zane Hall was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:15</t>
   </si>
   <si>
     <t>1-10-NYN 44 (6:16) 30-Troy Rivers ran to NYN 45 for 1 yards. Tackle by 99-Brian Taylor.</t>
   </si>
@@ -1463,51 +1463,51 @@
   <si>
     <t>4:05</t>
   </si>
   <si>
     <t>1-10-DAL 30 (4:04) 9-Thomas Parsley pass INTERCEPTED by 25-Robert Murphy at DAL 27. 25-Robert Murphy to DAL 28 for 1 yards. Tackle by 86-Jason Roth.</t>
   </si>
   <si>
     <t>4:00</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>1-10-DAL 28 (4:01) 4-Patrick Camp pass Pass knocked down by 55-Dennis Goodman. incomplete, intended for 44-Leroy Zimmerman. PENALTY - Pass Interference (NYN 55-Dennis Goodman)</t>
   </si>
   <si>
     <t>3:56</t>
   </si>
   <si>
     <t>DAL 36</t>
   </si>
   <si>
     <t>1-10-DAL 36 (3:57) 4-Patrick Camp pass Pass knocked down by 47-Jamie Miller. incomplete, intended for 85-Jeffrey Castillo.</t>
   </si>
   <si>
-    <t>#26 Ryan Clover - RB</t>
+    <t>#9 Ryan Clover - RB</t>
   </si>
   <si>
     <t>3:52</t>
   </si>
   <si>
     <t>2-10-DAL 36 (3:53) 4-Patrick Camp pass Pass knocked down by 39-Ryan Lane. incomplete, intended for 19-Benjamin Nguyen. DAL 67-Vincent Swenson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:49</t>
   </si>
   <si>
     <t>3-10-DAL 36 (3:50) 4-Patrick Camp pass complete to 87-Ian Isenhour to DAL 41 for 5 yards. Tackle by 20-Johnny Pace.</t>
   </si>
   <si>
     <t>3:25</t>
   </si>
   <si>
     <t>4-5-DAL 41 (3:24)</t>
   </si>
   <si>
     <t>3:17</t>
   </si>
   <si>
     <t>NYN 47</t>
   </si>
@@ -1643,51 +1643,51 @@
   <si>
     <t>11:08</t>
   </si>
   <si>
     <t>2-8-DAL 28 (11:07) 35-Vicente Degnan ran to DAL 18 for 9 yards. Tackle by 33-William Honaker.</t>
   </si>
   <si>
     <t>10:22</t>
   </si>
   <si>
     <t>1-10-DAL 18 (10:21) 36-Christopher Fry ran to DAL 12 for 7 yards. Tackle by 25-Robert Murphy.</t>
   </si>
   <si>
     <t>9:39</t>
   </si>
   <si>
     <t>2-3-DAL 12 (9:38) 35-Vicente Degnan ran to DAL 0 for 12 yards. TOUCHDOWN! NYN 65-Joshua Hawkins was injured on the play. NYN 64 DAL 0</t>
   </si>
   <si>
     <t>9:33</t>
   </si>
   <si>
     <t>(9:34) Extra point GOOD by 3-Jonathan McCord. NYN 65 DAL 0</t>
   </si>
   <si>
-    <t>#92 Mike Kline - MLB</t>
+    <t>#52 Mike Kline - MLB</t>
   </si>
   <si>
     <t>(9:34) 3-Jonathan McCord kicks 74 yards from NYN 35 to DAL -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-DAL 25 (9:34) 4-Patrick Camp pass incomplete, intended for 19-Benjamin Nguyen. 21-Antonio Cromartie got away with a hold on that play. NYN 94-John Herzog was injured on the play.</t>
   </si>
   <si>
     <t>9:29</t>
   </si>
   <si>
     <t>2-10-DAL 25 (9:30) 4-Patrick Camp pass complete to 87-Ian Isenhour to DAL 43 for 18 yards. Tackle by 57-Zane Hall. 87-Ian Isenhour did some fancy footwork there.</t>
   </si>
   <si>
     <t>9:05</t>
   </si>
   <si>
     <t>DAL 43</t>
   </si>
   <si>
     <t>1-10-DAL 43 (9:04) 4-Patrick Camp pass complete to 24-Adam Byler to DAL 43 for a short gain. Tackle by 26-James Blackwell.</t>
   </si>
   <si>
     <t>8:42</t>
   </si>
@@ -1703,51 +1703,51 @@
   <si>
     <t>8:17</t>
   </si>
   <si>
     <t>1-10-NYN 42 (8:16) 4-Patrick Camp pass Pass knocked down by 41-James Nielsen. incomplete, intended for 19-Benjamin Nguyen.</t>
   </si>
   <si>
     <t>8:12</t>
   </si>
   <si>
     <t>2-10-NYN 42 (8:13) 4-Patrick Camp pass complete to 88-Roger Firth to NYN 31 for 11 yards. Tackle by 21-Antonio Cromartie. NYN 97-Robert McCullough was injured on the play. NYN 21-Antonio Cromartie was injured on the play.</t>
   </si>
   <si>
     <t>7:56</t>
   </si>
   <si>
     <t>1-10-NYN 31 (7:55) 4-Patrick Camp pass Pass knocked down by 41-James Nielsen. incomplete, intended for 87-Ian Isenhour.</t>
   </si>
   <si>
     <t>7:49</t>
   </si>
   <si>
     <t>2-10-NYN 31 (7:50) 12-Ronald Anderson pass incomplete, dropped by 40-Albert Ponce.</t>
   </si>
   <si>
-    <t>#12 Ronald Anderson - QB</t>
+    <t>#10 Ronald Anderson - QB</t>
   </si>
   <si>
     <t>7:47</t>
   </si>
   <si>
     <t>3-10-NYN 31 (7:48) 4-Patrick Camp sacked at NYN 39 for -8 yards (93-Trenton Larsen). Sack allowed by 77-Clifford Marcus. 77-Clifford Marcus completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>7:31</t>
   </si>
   <si>
     <t>NYN 39</t>
   </si>
   <si>
     <t>4-18-NYN 39 (7:30)</t>
   </si>
   <si>
     <t>7:25</t>
   </si>
   <si>
     <t>NYN 46</t>
   </si>
   <si>
     <t>1-10-NYN 46 (7:26) 35-Vicente Degnan ran to DAL 45 for 9 yards. Tackle by 36-Christopher Cohen.</t>
   </si>
@@ -2263,111 +2263,111 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="329.063" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">