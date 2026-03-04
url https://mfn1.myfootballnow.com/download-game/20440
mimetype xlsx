--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -293,174 +293,174 @@
   <si>
     <t>CHI 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Russell Everett kicks 74 yards from CHI 35 to DET -9. Touchback.</t>
   </si>
   <si>
     <t>#23 Kenneth Watson - RB</t>
   </si>
   <si>
     <t>#49 Glenn Brooks - CB</t>
   </si>
   <si>
     <t>#61 Thomas Pawlowski - DT</t>
   </si>
   <si>
     <t>#37 James Rusin - SS</t>
   </si>
   <si>
-    <t>#74 Kevin Warren - RDE</t>
+    <t>#75 Kevin Warren - RDE</t>
   </si>
   <si>
     <t>#22 Clyde Rosario - CB</t>
   </si>
   <si>
     <t>#76 Jason Mills - DT</t>
   </si>
   <si>
     <t>#93 Michael Saunders - DT</t>
   </si>
   <si>
-    <t>#91 Larry Young - MLB</t>
+    <t>#96 Larry Young - MLB</t>
   </si>
   <si>
     <t>#57 Jeff Vaughn - DT</t>
   </si>
   <si>
     <t>#98 Alberto Burdette - MLB</t>
   </si>
   <si>
     <t>#3 Russell Everett - K</t>
   </si>
   <si>
     <t>DET</t>
   </si>
   <si>
     <t>DET 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-DET 25 (15:00) 7-Thomas Pugliese pass complete to 44-Harry Higgins to DET 41 for 16 yards.</t>
   </si>
   <si>
     <t>#7 Thomas Pugliese - QB</t>
   </si>
   <si>
     <t>#44 Harry Higgins - RB</t>
   </si>
   <si>
-    <t>#12 Michael Biron - WR</t>
+    <t>#81 Michael Biron - WR</t>
   </si>
   <si>
     <t>#10 Elliott Lopez - WR</t>
   </si>
   <si>
-    <t>#15 Glen Corral - WR</t>
+    <t>#87 Glen Corral - WR</t>
   </si>
   <si>
     <t>#68 Leroy Lockett - C</t>
   </si>
   <si>
     <t>#78 William Robertson - LG</t>
   </si>
   <si>
     <t>#56 Ernest Cavanaugh - C</t>
   </si>
   <si>
-    <t>#50 Lon Marchetti - RT</t>
+    <t>#50 Lon Marchetti - RG</t>
   </si>
   <si>
     <t>#52 Jimmy Degregorio - RT</t>
   </si>
   <si>
     <t>#94 Scot Fick - LDE</t>
   </si>
   <si>
     <t>#76 Darryl Hurt - DT</t>
   </si>
   <si>
     <t>#91 Charles Hensley - RDE</t>
   </si>
   <si>
     <t>#50 Donald Kendricks - WLB</t>
   </si>
   <si>
-    <t>#51 Angelo Sadler - MLB</t>
+    <t>#99 Angelo Sadler - MLB</t>
   </si>
   <si>
     <t>#56 Juan Dryden - WLB</t>
   </si>
   <si>
     <t>#49 Donald Cronk - CB</t>
   </si>
   <si>
     <t>#35 Danny Matteson - CB</t>
   </si>
   <si>
-    <t>#30 Tyrone Iraheta - CB</t>
+    <t>#22 Tyrone Iraheta - CB</t>
   </si>
   <si>
     <t>#40 Robert Vasquez - CB</t>
   </si>
   <si>
     <t>#49 Alex Sellers - FS</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>DET 41</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-DET 41 (14:13) 7-Thomas Pugliese pass complete to 89-Earl McKenzie to DET 47 for 5 yards. Tackle by 40-Robert Vasquez.</t>
   </si>
   <si>
     <t>#25 Joe Speece - FB</t>
   </si>
   <si>
     <t>#89 Earl McKenzie - TE</t>
   </si>
   <si>
-    <t>#80 Leonard Weldon - TE</t>
+    <t>#88 Leonard Weldon - TE</t>
   </si>
   <si>
     <t>#73 Edward Ashby - DT</t>
   </si>
   <si>
     <t>#95 Keven Swain - DT</t>
   </si>
   <si>
     <t>13:28</t>
   </si>
   <si>
     <t>DET 47</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-5-DET 47 (13:27) 23-Kenneth Watson ran to DET 43 for -4 yards. Tackle by 35-Danny Matteson.</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
@@ -479,93 +479,93 @@
   <si>
     <t>DET 44</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-DET 44 (12:02) 17-Melvin Rice punts 57 yards to CHI -1.4-7-DET 44 (12:02) 17-Melvin Rice punts 57 yards to CHI -1. Touchback.</t>
   </si>
   <si>
     <t>#17 Melvin Rice - P</t>
   </si>
   <si>
     <t>#59 Thomas Martin - C</t>
   </si>
   <si>
     <t>#38 Peter Hulett - RB</t>
   </si>
   <si>
     <t>#93 Charles Woolery - RDE</t>
   </si>
   <si>
-    <t>#69 John Burns - RDE</t>
+    <t>#90 John Burns - RDE</t>
   </si>
   <si>
     <t>11:53</t>
   </si>
   <si>
     <t>CHI 20</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-CHI 20 (11:54) 38-Peter Hulett ran to CHI 17 for -3 yards. Tackle by 49-Glenn Brooks.</t>
   </si>
   <si>
     <t>#16 Charles Myers - QB</t>
   </si>
   <si>
     <t>#85 Dennis Miller - TE</t>
   </si>
   <si>
     <t>#14 Francisco Medrano - WR</t>
   </si>
   <si>
     <t>#80 Brent Rendon - WR</t>
   </si>
   <si>
     <t>#10 Zachary Varney - WR</t>
   </si>
   <si>
     <t>#77 Robert Desrosiers - LT</t>
   </si>
   <si>
     <t>#67 Tommy Brown - LG</t>
   </si>
   <si>
     <t>#60 Horace Taylor - C</t>
   </si>
   <si>
-    <t>#66 Kevin Link - RG</t>
+    <t>#62 Kevin Link - RG</t>
   </si>
   <si>
     <t>#71 Caleb Evelyn - RT</t>
   </si>
   <si>
     <t>#92 Michael Bowman - LDE</t>
   </si>
   <si>
     <t>#67 Richard Shah - RDE</t>
   </si>
   <si>
     <t>#5 Rafael Petrie - WLB</t>
   </si>
   <si>
     <t>#47 James Singleton - CB</t>
   </si>
   <si>
     <t>#31 Horace Graham - CB</t>
   </si>
   <si>
     <t>#20 Robert Ross - SS</t>
   </si>
   <si>
     <t>11:20</t>
   </si>
@@ -707,51 +707,51 @@
   <si>
     <t>3-7-CHI 36 (6:29) 7-Thomas Pugliese pass complete to 12-Michael Biron to CHI 35 for 1 yards. Tackle by 35-Danny Matteson.</t>
   </si>
   <si>
     <t>5:51</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-6-CHI 35 (5:50) 18-James White 53 yard field goal is GOOD. DET 3 CHI 0</t>
   </si>
   <si>
     <t>#15 Arthur Reiff - QB</t>
   </si>
   <si>
     <t>#18 James White - K</t>
   </si>
   <si>
     <t>#58 Darnell Cloutier - MLB</t>
   </si>
   <si>
-    <t>#53 Michael Alexander - MLB</t>
+    <t>#98 Michael Alexander - MLB</t>
   </si>
   <si>
     <t>#97 David Dalton - DT</t>
   </si>
   <si>
     <t>5:45</t>
   </si>
   <si>
     <t>DET 35</t>
   </si>
   <si>
     <t>(5:46) 18-James White kicks 75 yards from DET 35 to CHI -10. Touchback.</t>
   </si>
   <si>
     <t>#59 Michael Hall - WLB</t>
   </si>
   <si>
     <t>CHI 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
@@ -761,138 +761,138 @@
   <si>
     <t>5:00</t>
   </si>
   <si>
     <t>1-10-DET 44 (4:59) 16-Charles Myers pass complete to 14-Francisco Medrano to DET 42 for 2 yards. Tackle by 47-James Singleton.</t>
   </si>
   <si>
     <t>#41 David Baker - FS</t>
   </si>
   <si>
     <t>4:14</t>
   </si>
   <si>
     <t>DET 42</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-8-DET 42 (4:13) 16-Charles Myers pass complete to 38-Peter Hulett to DET 34 for 8 yards. Tackle by 22-Clyde Rosario.</t>
   </si>
   <si>
-    <t>#97 Elias Peacock - WLB</t>
+    <t>#57 Elias Peacock - WLB</t>
   </si>
   <si>
     <t>3:32</t>
   </si>
   <si>
     <t>DET 34</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-DET 34 (3:31) 38-Peter Hulett ran to DET 34 for a short loss. Tackle by 97-Elias Peacock.</t>
   </si>
   <si>
     <t>#87 Roy Heiss - TE</t>
   </si>
   <si>
     <t>#71 Nathan Davis - LDE</t>
   </si>
   <si>
     <t>2:52</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-DET 34 (2:51) 16-Charles Myers pass complete to 80-Brent Rendon to DET 22 for 12 yards. Pushed out of bounds by 37-James Rusin.</t>
   </si>
   <si>
     <t>2:09</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-DET 22 (2:08) 16-Charles Myers pass incomplete, dropped by 38-Peter Hulett. That was a dangerous pass. Pressure by 67-Richard Shah. 41-Edward Kittel got away with a hold on that play.</t>
   </si>
   <si>
     <t>#84 Doug King - WR</t>
   </si>
   <si>
-    <t>#41 Edward Kittel - SS</t>
+    <t>#1 Edward Kittel - FS</t>
   </si>
   <si>
     <t>2:03</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>2-10-DET 22 (2:04) 16-Charles Myers pass complete to 84-Doug King to DET 13 for 9 yards. Tackle by 31-Horace Graham.</t>
   </si>
   <si>
     <t>#19 Jose Wills - WR</t>
   </si>
   <si>
     <t>1:20</t>
   </si>
   <si>
     <t>DET 13</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>3-1-DET 13 (1:19) 38-Peter Hulett ran to DET 12 for 1 yards. Tackle by 5-Rafael Petrie.</t>
   </si>
   <si>
     <t>0:45</t>
   </si>
   <si>
     <t>DET 12</t>
   </si>
   <si>
     <t>4-1-DET 12 (0:44) 3-Russell Everett 30 yard field goal is GOOD. DET 3 CHI 3</t>
   </si>
   <si>
-    <t>#61 Kevin Alder - C</t>
+    <t>#56 Kevin Alder - C</t>
   </si>
   <si>
     <t>0:41</t>
   </si>
   <si>
     <t>(0:42) 3-Russell Everett kicks 66 yards from CHI 35 to DET -1. 23-Kenneth Watson to DET 17 for 20 yards. Tackle by 49-Donald Cronk.</t>
   </si>
   <si>
     <t>0:36</t>
   </si>
   <si>
     <t>DET 17</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>1-10-DET 17 (0:37) 44-Harry Higgins ran to DET 19 for 1 yards. Tackle by 76-Darryl Hurt.</t>
   </si>
   <si>
     <t>#36 Dana Pedigo - CB</t>
   </si>
   <si>
     <t>0:00</t>
   </si>