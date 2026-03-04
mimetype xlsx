--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -284,270 +284,270 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>WAS has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>NYN</t>
   </si>
   <si>
     <t>NYN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Jonathan McCord kicks 74 yards from NYN 35 to WAS -9. Touchback.</t>
   </si>
   <si>
     <t>#22 Richard Johnson - RB</t>
   </si>
   <si>
-    <t>#90 Joshua Thomas - MLB</t>
+    <t>#98 Joshua Thomas - MLB</t>
   </si>
   <si>
     <t>#72 Richard Ristau - LDE</t>
   </si>
   <si>
     <t>#54 Michael Henderson - WLB</t>
   </si>
   <si>
     <t>#61 Edgar Overturf - DT</t>
   </si>
   <si>
     <t>#62 Don Lilly - LDE</t>
   </si>
   <si>
-    <t>#44 Richard Arwood - CB</t>
-[...2 lines deleted...]
-    <t>#37 Michael Oyler - CB</t>
+    <t>#44 Richard Arwood - FS</t>
+  </si>
+  <si>
+    <t>#37 Michael Oyler - SS</t>
   </si>
   <si>
     <t>#52 Henry Aaron - RDE</t>
   </si>
   <si>
     <t>#75 Jeffery Hodges - DT</t>
   </si>
   <si>
     <t>#96 Vincent Albertson - MLB</t>
   </si>
   <si>
     <t>#3 Jonathan McCord - K</t>
   </si>
   <si>
     <t>WAS</t>
   </si>
   <si>
     <t>WAS 25</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-WAS 25 (15:00) 16-William Maheu pass complete to 22-Richard Johnson to WAS 36 for 11 yards. Tackle by 39-Ryan Lane. Pressure by 97-Robert McCullough.</t>
   </si>
   <si>
     <t>#16 William Maheu - QB</t>
   </si>
   <si>
     <t>#35 Steve Stevenson - FB</t>
   </si>
   <si>
     <t>#84 George Payne - TE</t>
   </si>
   <si>
     <t>#86 Michael Massey - WR</t>
   </si>
   <si>
     <t>#87 James Spinelli - WR</t>
   </si>
   <si>
-    <t>#73 Paul Davis - RG</t>
+    <t>#61 Paul Davis - LT</t>
   </si>
   <si>
     <t>#53 Jason Gordon - C</t>
   </si>
   <si>
     <t>#60 William Hampton - C</t>
   </si>
   <si>
     <t>#65 Keith Factor - LG</t>
   </si>
   <si>
-    <t>#68 John Anderson - C</t>
+    <t>#76 John Anderson - C</t>
   </si>
   <si>
     <t>#94 John Herzog - LDE</t>
   </si>
   <si>
-    <t>#97 Robert McCullough - DT</t>
-[...2 lines deleted...]
-    <t>#91 Kyle Connor - DT</t>
+    <t>#64 Robert McCullough - LDE</t>
+  </si>
+  <si>
+    <t>#69 Kyle Connor - DT</t>
   </si>
   <si>
     <t>#93 Trenton Larsen - RDE</t>
   </si>
   <si>
     <t>#55 Dennis Goodman - MLB</t>
   </si>
   <si>
     <t>#57 Zane Hall - MLB</t>
   </si>
   <si>
     <t>#31 Jason Forrester - CB</t>
   </si>
   <si>
     <t>#39 Ryan Lane - CB</t>
   </si>
   <si>
     <t>#21 Antonio Cromartie - CB</t>
   </si>
   <si>
     <t>#20 Johnny Pace - SS</t>
   </si>
   <si>
     <t>#24 Andre Bolden - FS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>WAS 36</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-WAS 36 (14:18) 22-Richard Johnson ran to WAS 39 for 3 yards. Tackle by 58-Noah McBee.</t>
   </si>
   <si>
     <t>#28 Randall Merrow - FB</t>
   </si>
   <si>
-    <t>#83 Joe Jackson - TE</t>
+    <t>#73 Joe Jackson - RT</t>
   </si>
   <si>
     <t>#99 Andrew Ray - LDE</t>
   </si>
   <si>
     <t>#96 William Garcia - DT</t>
   </si>
   <si>
     <t>#95 Richard Chapin - RDE</t>
   </si>
   <si>
     <t>#54 Rafael Kirk - WLB</t>
   </si>
   <si>
-    <t>#58 Noah McBee - SLB</t>
+    <t>#95 Noah McBee - SLB</t>
   </si>
   <si>
     <t>#41 James Nielsen - CB</t>
   </si>
   <si>
     <t>#29 Robert Eaton - CB</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>WAS 39</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-7-WAS 39 (13:37) 16-William Maheu sacked at WAS 29 for -10 yards (93-Trenton Larsen). Sack allowed by 60-William Hampton.</t>
   </si>
   <si>
     <t>12:58</t>
   </si>
   <si>
     <t>WAS 29</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Quarter Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-17-WAS 29 (12:57) 16-William Maheu pass complete to 87-James Spinelli to WAS 36 for 7 yards. Tackle by 41-James Nielsen. WAS 65-Keith Factor was injured on the play.</t>
   </si>
   <si>
-    <t>#33 Robert Sterling - RB</t>
+    <t>#22 Robert Sterling - RB</t>
   </si>
   <si>
     <t>#10 Ross Connell - WR</t>
   </si>
   <si>
     <t>#47 Jamie Miller - CB</t>
   </si>
   <si>
     <t>#26 James Blackwell - FS</t>
   </si>
   <si>
     <t>12:13</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-WAS 36 (12:12) 2-Alberto Bilbo punts 41 yards to NYN 23. 13-Larry Thomas to NYN 24 for 2 yards. Tackle by 62-Don Lilly.</t>
   </si>
   <si>
     <t>#2 Alberto Bilbo - P</t>
   </si>
   <si>
     <t>#13 Larry Thomas - WR</t>
   </si>
   <si>
     <t>#50 Donnie Putnam - RT</t>
   </si>
   <si>
     <t>#85 Joseph Chandler - TE</t>
   </si>
   <si>
-    <t>#49 Matthew Smith - SS</t>
+    <t>#39 Matthew Smith - FS</t>
   </si>
   <si>
     <t>#59 Steven Jung - WLB</t>
   </si>
   <si>
     <t>12:03</t>
   </si>
   <si>
     <t>NYN 24</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-NYN 24 (12:04) 30-Troy Rivers ran to NYN 36 for 11 yards. Tackle by 38-William Getz.</t>
   </si>
   <si>
     <t>#9 Thomas Parsley - QB</t>
   </si>
   <si>
     <t>#30 Troy Rivers - WR</t>
   </si>
@@ -581,105 +581,105 @@
   <si>
     <t>#59 Juan Deleon - SLB</t>
   </si>
   <si>
     <t>#20 Rodolfo Payne - CB</t>
   </si>
   <si>
     <t>#38 William Getz - FS</t>
   </si>
   <si>
     <t>11:32</t>
   </si>
   <si>
     <t>NYN 36</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-NYN 36 (11:31) 30-Troy Rivers ran to NYN 46 for 10 yards. Tackle by 49-Matthew Smith.</t>
   </si>
   <si>
-    <t>#76 Clifton Hernandez - DT</t>
+    <t>#75 Clifton Hernandez - DT</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>NYN 46</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-NYN 46 (10:49) 9-Thomas Parsley pass complete to 13-Larry Thomas to WAS 25 for 29 yards. Nice job by 13-Larry Thomas on that route to lose his coverage. WAS 37-Michael Oyler was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:02</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-WAS 25 (10:01) 30-Troy Rivers ran to WAS 19 for 6 yards. Tackle by 54-Michael Henderson.</t>
   </si>
   <si>
     <t>#15 Charles Powers - WR</t>
   </si>
   <si>
-    <t>#16 Charles Best - WR</t>
+    <t>#17 Charles Best - WR</t>
   </si>
   <si>
     <t>#64 Mike Roberts - C</t>
   </si>
   <si>
     <t>9:19</t>
   </si>
   <si>
     <t>WAS 19</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-4-WAS 19 (9:18) 9-Thomas Parsley pass complete to 35-Vicente Degnan to WAS 12 for 7 yards. Tackle by 49-Matthew Smith.</t>
   </si>
   <si>
     <t>#35 Vicente Degnan - RB</t>
   </si>
   <si>
-    <t>#36 Christopher Fry - RB</t>
+    <t>#49 Christopher Fry - RB</t>
   </si>
   <si>
     <t>8:42</t>
   </si>
   <si>
     <t>WAS 12</t>
   </si>
   <si>
     <t>1-10-WAS 12 (8:41) 9-Thomas Parsley pass complete to 15-Charles Powers to WAS 4 for 8 yards. Tackle by 96-Vincent Albertson. 44-Richard Arwood got away with a hold on that play.</t>
   </si>
   <si>
     <t>8:04</t>
   </si>
   <si>
     <t>WAS 4</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>2-2-WAS 4 (8:03) 30-Troy Rivers ran for 4 yards. TOUCHDOWN! NYN 6 WAS 0</t>
   </si>
@@ -689,51 +689,51 @@
   <si>
     <t>WAS 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(8:01) Extra point GOOD by 3-Jonathan McCord. NYN 7 WAS 0</t>
   </si>
   <si>
     <t>#2 Doyle Armstrong - P</t>
   </si>
   <si>
     <t>#69 Joseph Vannoy - LG</t>
   </si>
   <si>
     <t>#66 Christopher Cruz - RG</t>
   </si>
   <si>
     <t>#63 Harlan Mills - C</t>
   </si>
   <si>
-    <t>#57 Willard Thomas - RDE</t>
+    <t>#72 Willard Thomas - LDE</t>
   </si>
   <si>
     <t>(8:01) 3-Jonathan McCord kicks 74 yards from NYN 35 to WAS -9. Touchback.</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-WAS 25 (8:01) 16-William Maheu sacked at WAS 14 for -11 yards (94-John Herzog). Sack allowed by 68-John Anderson.</t>
   </si>
   <si>
     <t>7:18</t>
   </si>
   <si>
     <t>WAS 14</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>2-21-WAS 14 (7:17) 16-William Maheu sacked at WAS 6 for -8 yards (94-John Herzog). Sack allowed by 68-John Anderson.</t>
   </si>
   <si>
     <t>6:42</t>
   </si>
@@ -1319,51 +1319,51 @@
   <si>
     <t>1-10-NYN 20 (13:17) 9-Thomas Parsley pass complete to 18-Frank Davis to NYN 27 for 7 yards. Tackle by 96-Vincent Albertson. 96-Vincent Albertson got away with a hold on that play.</t>
   </si>
   <si>
     <t>12:32</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>2-3-NYN 27 (12:31) 9-Thomas Parsley pass complete to 18-Frank Davis to WAS 23 for 50 yards. Tackle by 20-Rodolfo Payne.</t>
   </si>
   <si>
     <t>11:43</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>1-10-WAS 23 (11:42) 30-Troy Rivers ran to WAS 19 for 4 yards. Tackle by 38-William Getz.</t>
   </si>
   <si>
-    <t>#95 Christopher Butts - MLB</t>
+    <t>#91 Christopher Butts - MLB</t>
   </si>
   <si>
     <t>10:58</t>
   </si>
   <si>
     <t>2-6-WAS 19 (10:57) 36-Christopher Fry ran to WAS 10 for 9 yards. Tackle by 38-William Getz.</t>
   </si>
   <si>
     <t>10:23</t>
   </si>
   <si>
     <t>WAS 10</t>
   </si>
   <si>
     <t>1-10-WAS 10 (10:22) 30-Troy Rivers ran to WAS 5 for 5 yards. Tackle by 96-Vincent Albertson.</t>
   </si>
   <si>
     <t>9:49</t>
   </si>
   <si>
     <t>2-5-WAS 5 (9:48) 9-Thomas Parsley pass complete to 17-Brandon Saldana to WAS 2 for 4 yards. Tackle by 96-Vincent Albertson. 17-Brandon Saldana made a great move on the CB.</t>
   </si>
   <si>
     <t>9:06</t>
   </si>
@@ -1457,51 +1457,51 @@
   <si>
     <t>4:45</t>
   </si>
   <si>
     <t>2-9-WAS 17 (4:44) 16-William Maheu sacked at WAS 9 for -8 yards (94-John Herzog). Sack allowed by 68-John Anderson.</t>
   </si>
   <si>
     <t>4:01</t>
   </si>
   <si>
     <t>WAS 9</t>
   </si>
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>3-17-WAS 9 (4:00) 16-William Maheu pass Pass knocked down by 59-Steven Jung. incomplete, intended for 86-Michael Massey.</t>
   </si>
   <si>
     <t>3:56</t>
   </si>
   <si>
     <t>4-17-WAS 9 (3:57) 2-Alberto Bilbo punts 49 yards to NYN 42. 13-Larry Thomas to WAS 49 for 9 yards. Tackle by 85-Joseph Chandler.</t>
   </si>
   <si>
-    <t>#23 Steven Dolby - FB</t>
+    <t>#34 Steven Dolby - FB</t>
   </si>
   <si>
     <t>3:46</t>
   </si>
   <si>
     <t>1-10-WAS 49 (3:47) 35-Vicente Degnan ran to WAS 48 for 1 yards. Tackle by 76-Clifton Hernandez.</t>
   </si>
   <si>
     <t>3:04</t>
   </si>
   <si>
     <t>2-9-WAS 48 (3:03) 35-Vicente Degnan ran to WAS 45 for 3 yards. Tackle by 96-Vincent Albertson.</t>
   </si>
   <si>
     <t>2:24</t>
   </si>
   <si>
     <t>WAS 45</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>3-6-WAS 45 (2:23) 36-Christopher Fry ran to WAS 43 for 1 yards. Tackle by 61-Edgar Overturf.</t>
   </si>
@@ -2199,90 +2199,90 @@
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="463.458" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="25.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>