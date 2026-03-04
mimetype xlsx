--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -293,51 +293,51 @@
   <si>
     <t>PIT 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-David Thompson kicks 70 yards from PIT 35 to BAL -5. Touchback.</t>
   </si>
   <si>
     <t>#18 Marvin Allen - WR</t>
   </si>
   <si>
     <t>#98 Long Whaley - LDE</t>
   </si>
   <si>
     <t>#99 William Myrick - SLB</t>
   </si>
   <si>
     <t>#66 Andrew Bouton - RDE</t>
   </si>
   <si>
-    <t>#49 Louie Long - CB</t>
+    <t>#39 Louie Long - CB</t>
   </si>
   <si>
     <t>#92 Kyle Koch - MLB</t>
   </si>
   <si>
     <t>#37 William Ong - FS</t>
   </si>
   <si>
     <t>#90 Matthew Gatewood - DT</t>
   </si>
   <si>
     <t>#95 Manuel Jaramillo - SLB</t>
   </si>
   <si>
     <t>#58 Justin Norris - WLB</t>
   </si>
   <si>
     <t>#29 Adam Moore - CB</t>
   </si>
   <si>
     <t>#7 David Thompson - K</t>
   </si>
   <si>
     <t>BAL</t>
   </si>
@@ -365,69 +365,69 @@
   <si>
     <t>#86 William Love - TE</t>
   </si>
   <si>
     <t>#19 Clinton Moses - WR</t>
   </si>
   <si>
     <t>#73 Micheal Nelsen - LT</t>
   </si>
   <si>
     <t>#74 Alberto Tynes - LG</t>
   </si>
   <si>
     <t>#71 John Metz - C</t>
   </si>
   <si>
     <t>#60 Eddie Bright - RG</t>
   </si>
   <si>
     <t>#67 Eddie Doherty - RT</t>
   </si>
   <si>
     <t>#58 Gary Pope - LDE</t>
   </si>
   <si>
-    <t>#76 John Howard - DT</t>
+    <t>#97 John Howard - DT</t>
   </si>
   <si>
     <t>#55 Charles Carmichael - DT</t>
   </si>
   <si>
     <t>#73 Aubrey Chambers - RDE</t>
   </si>
   <si>
     <t>#91 Dewayne Sirois - SLB</t>
   </si>
   <si>
     <t>#56 Ralph Navarrete - MLB</t>
   </si>
   <si>
-    <t>#53 James Wildman - WLB</t>
-[...2 lines deleted...]
-    <t>#24 Sean Edmonds - CB</t>
+    <t>#53 James Wildman - SLB</t>
+  </si>
+  <si>
+    <t>#24 Sean Edmonds - FS</t>
   </si>
   <si>
     <t>#39 George Brandenburg - CB</t>
   </si>
   <si>
     <t>#38 Hugo Farley - SS</t>
   </si>
   <si>
     <t>#37 Dominic Watson - CB</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-10-BAL 25 (14:56) 16-Ronnie Pepin sacked at BAL 17 for -8 yards (73-Aubrey Chambers). Sack allowed by 73-Micheal Nelsen.</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
@@ -440,111 +440,111 @@
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-18-BAL 17 (14:13) 13-Samuel Owens punts 48 yards to PIT 35. Fair Catch by 13-Alan Shorter.</t>
   </si>
   <si>
     <t>#13 Samuel Owens - P</t>
   </si>
   <si>
     <t>#91 Robert Ross - LDE</t>
   </si>
   <si>
     <t>#13 Alan Shorter - WR</t>
   </si>
   <si>
     <t>#26 Marshall Campos - CB</t>
   </si>
   <si>
-    <t>#69 Reginald Frierson - DT</t>
-[...2 lines deleted...]
-    <t>#70 Emil Demoss - DT</t>
+    <t>#69 Reginald Frierson - LDE</t>
+  </si>
+  <si>
+    <t>#79 Emil Demoss - DT</t>
   </si>
   <si>
     <t>#56 Ronald Davis - LG</t>
   </si>
   <si>
     <t>#96 Jackson Taylor - MLB</t>
   </si>
   <si>
     <t>#93 Tim Miller - RDE</t>
   </si>
   <si>
     <t>#68 Jerry Pack - RDE</t>
   </si>
   <si>
     <t>14:06</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-PIT 35 (14:07) 35-Thomas Gibson ran to PIT 38 for 3 yards. Tackle by 92-Kyle Koch.</t>
   </si>
   <si>
     <t>#4 James Castillo - QB</t>
   </si>
   <si>
     <t>#35 Thomas Gibson - RB</t>
   </si>
   <si>
     <t>#23 Matthew Campanella - RB</t>
   </si>
   <si>
     <t>#20 Christopher Ritchey - FB</t>
   </si>
   <si>
     <t>#81 George Archuleta - TE</t>
   </si>
   <si>
-    <t>#80 Freddie Beverly - TE</t>
+    <t>#88 Freddie Beverly - TE</t>
   </si>
   <si>
     <t>#64 Salvatore Cuellar - LT</t>
   </si>
   <si>
     <t>#78 Glenn Heim - LG</t>
   </si>
   <si>
     <t>#62 Tad Parker - C</t>
   </si>
   <si>
     <t>#72 Edward Toro - RG</t>
   </si>
   <si>
-    <t>#75 Steven Pinder - RT</t>
+    <t>#51 Steven Pinder - LT</t>
   </si>
   <si>
     <t>#36 William Jacobs - SS</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>PIT 38</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-7-PIT 38 (13:32) 4-James Castillo pass complete to 18-William Perkins to PIT 43 for 5 yards. Tackle by 29-Adam Moore.</t>
   </si>
   <si>
     <t>#87 Gregg Hoffman - WR</t>
   </si>
   <si>
     <t>#14 Russell Gargano - WR</t>
   </si>
@@ -1532,51 +1532,51 @@
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>1-10-BAL 26 (8:28) 16-Ronnie Pepin pass Pass knocked down by 26-Marshall Campos. incomplete, intended for 12-Kennith Lawrence. PENALTY - Pass Interference (PIT 26-Marshall Campos)</t>
   </si>
   <si>
     <t>8:24</t>
   </si>
   <si>
     <t>1-10-BAL 35 (8:25) 16-Ronnie Pepin pass incomplete, dropped by 19-Clinton Moses.</t>
   </si>
   <si>
     <t>8:20</t>
   </si>
   <si>
     <t>2-10-BAL 35 (8:21) 46-Christopher Tyson ran to BAL 46 for 12 yards. Tackle by 38-Hugo Farley.</t>
   </si>
   <si>
     <t>7:44</t>
   </si>
   <si>
     <t>1-10-BAL 46 (7:43) 16-Ronnie Pepin pass incomplete, intended for 19-Clinton Moses. PENALTY - Pass Interference (PIT 24-Sean Edmonds)</t>
   </si>
   <si>
-    <t>#30 Richard Mulholland - RB</t>
+    <t>#38 Richard Mulholland - RB</t>
   </si>
   <si>
     <t>7:38</t>
   </si>
   <si>
     <t>PIT 44</t>
   </si>
   <si>
     <t>Strong I Normal FB Trap Weak</t>
   </si>
   <si>
     <t>1-10-PIT 44 (7:39) 41-Albert Turner ran to PIT 45 for -1 yards. Tackle by 53-James Wildman.</t>
   </si>
   <si>
     <t>7:04</t>
   </si>
   <si>
     <t>PIT 45</t>
   </si>
   <si>
     <t>2-11-PIT 45 (7:03) 16-Ronnie Pepin pass incomplete, dropped by 41-Albert Turner.</t>
   </si>
   <si>
     <t>6:59</t>
   </si>
@@ -2443,52 +2443,52 @@
     <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="21.138" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>