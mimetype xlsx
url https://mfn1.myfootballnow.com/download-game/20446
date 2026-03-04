--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -305,114 +305,114 @@
   <si>
     <t>#19 Floyd Treat - WR</t>
   </si>
   <si>
     <t>#23 Kenneth Well - CB</t>
   </si>
   <si>
     <t>#35 John Reynolds - SS</t>
   </si>
   <si>
     <t>#26 Charles Wells - CB</t>
   </si>
   <si>
     <t>#18 Douglas Williams - WR</t>
   </si>
   <si>
     <t>#50 Curt Price - MLB</t>
   </si>
   <si>
     <t>#24 Harold Harrison - CB</t>
   </si>
   <si>
     <t>#92 Edward Butler - MLB</t>
   </si>
   <si>
-    <t>#78 Norman Pettaway - RDE</t>
+    <t>#90 Norman Pettaway - DT</t>
   </si>
   <si>
     <t>#27 Gary Morse - CB</t>
   </si>
   <si>
     <t>#79 Philip Cottrell - RDE</t>
   </si>
   <si>
     <t>#15 Timothy Magee - K</t>
   </si>
   <si>
     <t>OAK</t>
   </si>
   <si>
     <t>OAK 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-OAK 25 (15:00) 18-John Wade pass complete to 33-Steven Zimmerman to OAK 26 for 1 yards. Tackle by 90-Emil Richardson.</t>
   </si>
   <si>
-    <t>#18 John Wade - QB</t>
+    <t>#13 John Wade - QB</t>
   </si>
   <si>
     <t>#20 Pete Gardner - RB</t>
   </si>
   <si>
     <t>#33 Steven Zimmerman - FB</t>
   </si>
   <si>
     <t>#88 Mark Velez - TE</t>
   </si>
   <si>
     <t>#83 Larry Santos - WR</t>
   </si>
   <si>
     <t>#10 Kenneth Nale - WR</t>
   </si>
   <si>
     <t>#67 Peter Check - RT</t>
   </si>
   <si>
     <t>#56 Henry Musgrove - LG</t>
   </si>
   <si>
     <t>#57 Donald Wolfe - C</t>
   </si>
   <si>
     <t>#74 Lyndon Drake - RG</t>
   </si>
   <si>
     <t>#53 Ray Dahl - RT</t>
   </si>
   <si>
     <t>#97 Steve Stout - LDE</t>
   </si>
   <si>
-    <t>#75 Ronald Outland - DT</t>
+    <t>#59 Ronald Outland - DT</t>
   </si>
   <si>
     <t>#76 John Gann - DT</t>
   </si>
   <si>
     <t>#62 Shane Frakes - RDE</t>
   </si>
   <si>
     <t>#54 Lawrence Stevens - SLB</t>
   </si>
   <si>
     <t>#37 Shane Jamison - MLB</t>
   </si>
   <si>
     <t>#90 Emil Richardson - WLB</t>
   </si>
   <si>
     <t>#31 Jess Gardner - CB</t>
   </si>
   <si>
     <t>#29 Marshall Roberson - CB</t>
   </si>
   <si>
     <t>#26 William Adames - CB</t>
   </si>
@@ -521,225 +521,225 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-OAK 49 (10:51) 6-Jackie Davis punts 43 yards to CLE 8. Fair Catch by 33-Carl Bennett.</t>
   </si>
   <si>
     <t>#6 Jackie Davis - P</t>
   </si>
   <si>
     <t>#33 Carl Bennett - RB</t>
   </si>
   <si>
     <t>#83 Roy Larios - WR</t>
   </si>
   <si>
     <t>#87 Jerry Pearson - WR</t>
   </si>
   <si>
     <t>#10 Nathan Barker - WR</t>
   </si>
   <si>
-    <t>#13 Stephen Kotter - WR</t>
+    <t>#83 Stephen Kotter - WR</t>
   </si>
   <si>
     <t>#71 Carl Flynn - SLB</t>
   </si>
   <si>
     <t>#58 Rickey Cagle - C</t>
   </si>
   <si>
     <t>#78 Russell Washington - RDE</t>
   </si>
   <si>
     <t>10:43</t>
   </si>
   <si>
     <t>CLE 8</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Checkdown</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-CLE 8 (10:44) 4-Sang Wilson pass complete to 48-Scott Calloway to CLE 11 for 3 yards. Tackle by 45-William Donnelly. CLE 48-Scott Calloway was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#4 Sang Wilson - QB</t>
   </si>
   <si>
     <t>#48 Scott Calloway - RB</t>
   </si>
   <si>
-    <t>#80 Justin Whitley - FB</t>
+    <t>#80 Justin Whitley - C</t>
   </si>
   <si>
     <t>#56 William Schwartz - LT</t>
   </si>
   <si>
     <t>#67 Michael Dominguez - LG</t>
   </si>
   <si>
-    <t>#64 William Smith - C</t>
+    <t>#66 William Smith - C</t>
   </si>
   <si>
     <t>#69 Jonathan Alston - RG</t>
   </si>
   <si>
     <t>#70 Horace Glenn - RT</t>
   </si>
   <si>
     <t>#94 Eric Schmitt - LDE</t>
   </si>
   <si>
-    <t>#72 James Patton - DT</t>
+    <t>#65 James Patton - DT</t>
   </si>
   <si>
     <t>#71 Blaine Malmberg - DT</t>
   </si>
   <si>
     <t>#45 William Donnelly - WLB</t>
   </si>
   <si>
     <t>#28 Donald Lincoln - CB</t>
   </si>
   <si>
     <t>#49 Coleman Cooper - FS</t>
   </si>
   <si>
     <t>10:00</t>
   </si>
   <si>
     <t>CLE 11</t>
   </si>
   <si>
     <t>Singleback Normal FL Post</t>
   </si>
   <si>
     <t>2-7-CLE 11 (9:59) 4-Sang Wilson pass complete to 13-Stephen Kotter to CLE 32 for 21 yards. Tackle by 27-Gary Morse.</t>
   </si>
   <si>
     <t>#22 James Peterson - RB</t>
   </si>
   <si>
     <t>9:22</t>
   </si>
   <si>
     <t>CLE 32</t>
   </si>
   <si>
     <t>Strong I Normal Quick Hooks</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-CLE 32 (9:21) 4-Sang Wilson pass complete to 10-Nathan Barker to CLE 34 for 1 yards. Tackle by 26-Charles Wells.</t>
   </si>
   <si>
     <t>#43 Howard Dyson - FB</t>
   </si>
   <si>
-    <t>#48 Robert Carter - SLB</t>
+    <t>#2 Robert Carter - WLB</t>
   </si>
   <si>
     <t>8:45</t>
   </si>
   <si>
     <t>CLE 34</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>2-9-CLE 34 (8:44) 4-Sang Wilson pass complete to 80-Justin Whitley to CLE 42 for 8 yards. Tackle by 26-Charles Wells. 26-Charles Wells got away with a hold on that play. OAK 78-Norman Pettaway was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:06</t>
   </si>
   <si>
     <t>CLE 42</t>
   </si>
   <si>
     <t>Singleback Empty 4 TE Corner</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-1-CLE 42 (8:05) 4-Sang Wilson pass complete to 89-William White to OAK 47 for 11 yards. Tackle by 27-Gary Morse.</t>
   </si>
   <si>
-    <t>#89 William White - WR</t>
+    <t>#88 William White - WR</t>
   </si>
   <si>
     <t>#21 Frank Allen - CB</t>
   </si>
   <si>
     <t>7:31</t>
   </si>
   <si>
     <t>OAK 47</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>1-10-OAK 47 (7:30) 48-Scott Calloway ran to OAK 37 for 10 yards. Tackle by 50-Curt Price.</t>
   </si>
   <si>
     <t>6:51</t>
   </si>
   <si>
     <t>OAK 37</t>
   </si>
   <si>
     <t>1-10-OAK 37 (6:50) 48-Scott Calloway ran to OAK 36 for 1 yards. Tackle by 79-Philip Cottrell.</t>
   </si>
   <si>
     <t>6:15</t>
   </si>
   <si>
     <t>OAK 36</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-9-OAK 36 (6:14) 4-Sang Wilson pass complete to 80-Justin Whitley to OAK 19 for 16 yards. Tackle by 28-Donald Lincoln.</t>
   </si>
   <si>
-    <t>#85 Richard Cole - FB</t>
+    <t>#85 Richard Cole - TE</t>
   </si>
   <si>
     <t>#91 Robert Long - LDE</t>
   </si>
   <si>
     <t>5:29</t>
   </si>
   <si>
     <t>OAK 19</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>1-10-OAK 19 (5:28) 4-Sang Wilson pass complete to 80-Justin Whitley to OAK 18 for 2 yards. Tackle by 92-Edward Butler.</t>
   </si>
   <si>
     <t>4:48</t>
   </si>
   <si>
     <t>OAK 18</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
@@ -986,51 +986,51 @@
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-OAK 24 (13:21) 20-Pete Gardner ran to OAK 28 for 4 yards. Tackle by 42-Ramon Jefferson.</t>
   </si>
   <si>
     <t>12:44</t>
   </si>
   <si>
     <t>2-6-OAK 28 (12:43) 20-Pete Gardner ran to OAK 28 for a short gain. Tackle by 75-Ronald Outland.</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>3-6-OAK 28 (12:09) 18-John Wade pass Pass knocked down by 24-Peter Mills. incomplete, intended for 31-Gerald Hanes. 37-Shane Jamison got away with a hold on that play.</t>
   </si>
   <si>
-    <t>#31 Gerald Hanes - RB</t>
+    <t>#34 Gerald Hanes - RB</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
   <si>
     <t>4-6-OAK 28 (12:05) 6-Jackie Davis punts 44 yards to CLE 28. Fair Catch by 33-Carl Bennett. OAK 57-Donald Wolfe was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:57</t>
   </si>
   <si>
     <t>Dime Flat Overload Blitz</t>
   </si>
   <si>
     <t>1-10-CLE 28 (11:58) 4-Sang Wilson pass Pass knocked down by 26-Charles Wells. incomplete, intended for 83-Roy Larios.</t>
   </si>
   <si>
     <t>11:54</t>
   </si>
   <si>
     <t>2-10-CLE 28 (11:55) 4-Sang Wilson pass Pass knocked down by 27-Gary Morse. incomplete, intended for 13-Stephen Kotter.</t>
   </si>
   <si>
     <t>11:51</t>
   </si>
@@ -1070,87 +1070,87 @@
   <si>
     <t>10:17</t>
   </si>
   <si>
     <t>3-3-OAK 43 (10:16) 20-Pete Gardner ran to OAK 45 for 2 yards. Tackle by 76-John Gann.</t>
   </si>
   <si>
     <t>9:35</t>
   </si>
   <si>
     <t>OAK 45</t>
   </si>
   <si>
     <t>4-1-OAK 45 (9:34) 6-Jackie Davis punts 54 yards to CLE 1.</t>
   </si>
   <si>
     <t>9:23</t>
   </si>
   <si>
     <t>CLE 1</t>
   </si>
   <si>
     <t>1-10-CLE 1 (9:24) 4-Sang Wilson pass incomplete, intended for 48-Scott Calloway.</t>
   </si>
   <si>
-    <t>#43 Lawrence Judd - MLB</t>
+    <t>#43 Lawrence Judd - SLB</t>
   </si>
   <si>
     <t>9:20</t>
   </si>
   <si>
     <t>Singleback Normal Quick Slant</t>
   </si>
   <si>
     <t>2-10-CLE 1 (9:21) 4-Sang Wilson pass complete to 48-Scott Calloway for -1 yards. Tackle by 27-Gary Morse. SAFETY! (27-Gary Morse) CLE 56-William Schwartz was injured on the play. He looks like he should be able to return. CLE 7 OAK 2</t>
   </si>
   <si>
     <t>9:17</t>
   </si>
   <si>
     <t>CLE 20</t>
   </si>
   <si>
     <t>(9:18) 15-Timothy Magee kicks 72 yards from CLE 20 to OAK 8. 19-Floyd Treat for 92yards. TOUCHDOWN! CLE 7 OAK 8</t>
   </si>
   <si>
     <t>9:04</t>
   </si>
   <si>
     <t>CLE 15</t>
   </si>
   <si>
     <t>(9:05) Extra point GOOD by 15-Robert Johnson. CLE 7 OAK 9</t>
   </si>
   <si>
     <t>#14 John Toro - QB</t>
   </si>
   <si>
     <t>#15 Robert Johnson - K</t>
   </si>
   <si>
-    <t>#62 Mike Cunha - LG</t>
+    <t>#66 Mike Cunha - LG</t>
   </si>
   <si>
     <t>(9:05) 15-Robert Johnson kicks 74 yards from OAK 35 to CLE -9. Touchback.</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-CLE 25 (9:05) 48-Scott Calloway ran to CLE 28 for 3 yards. Tackle by 71-Blaine Malmberg.</t>
   </si>
   <si>
     <t>#65 William Zavala - LG</t>
   </si>
   <si>
     <t>8:24</t>
   </si>
   <si>
     <t>Singleback Empty 4 Short Posts</t>
   </si>
   <si>
     <t>Dime Flat CB4 Blitz</t>
   </si>
@@ -1481,78 +1481,78 @@
   <si>
     <t>1-10-CLE 31 (5:38) 18-John Wade pass complete to 19-Floyd Treat to CLE 22 for 9 yards. Tackle by 21-Charles Situ.</t>
   </si>
   <si>
     <t>5:00</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>2-1-CLE 22 (4:59) 20-Pete Gardner ran to CLE 11 for 11 yards. Tackle by 31-Jess Gardner.</t>
   </si>
   <si>
     <t>#89 Frank Jones - TE</t>
   </si>
   <si>
     <t>4:15</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>1-10-CLE 11 (4:14) 31-Gerald Hanes ran to CLE 5 for 5 yards. Tackle by 90-Emil Richardson.</t>
   </si>
   <si>
-    <t>#32 Merle Pace - RB</t>
+    <t>#32 Merle Pace - WR</t>
   </si>
   <si>
     <t>3:36</t>
   </si>
   <si>
     <t>CLE 5</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>2-5-CLE 5 (3:35) 31-Gerald Hanes ran to CLE 3 for 2 yards. Tackle by 97-Steve Stout. 88-Mark Velez was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>3:02</t>
   </si>
   <si>
     <t>CLE 3</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>3-2-CLE 3 (3:01) 20-Pete Gardner ran to CLE 9 for -6 yards. Tackle by 71-Carl Flynn.</t>
   </si>
   <si>
-    <t>#53 Austin Tanner - DT</t>
+    <t>#76 Austin Tanner - DT</t>
   </si>
   <si>
     <t>2:23</t>
   </si>
   <si>
     <t>CLE 9</t>
   </si>
   <si>
     <t>4-8-CLE 9 (2:22) 15-Robert Johnson 27 yard field goal is GOOD. CLE 10 OAK 15</t>
   </si>
   <si>
     <t>2:19</t>
   </si>
   <si>
     <t>(2:20) 15-Robert Johnson kicks 75 yards from OAK 35 to CLE -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-CLE 25 (2:20) 4-Sang Wilson pass complete to 48-Scott Calloway to CLE 46 for 21 yards. Tackle by 50-Curt Price.</t>
   </si>
   <si>
     <t>1:37</t>
   </si>
   <si>
     <t>CLE 46</t>
   </si>
@@ -2241,107 +2241,107 @@
   <dimension ref="A1:CD163"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="319.636" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>