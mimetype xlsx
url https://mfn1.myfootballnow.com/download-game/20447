--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -347,144 +347,144 @@
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-MIN 25 (15:00) 18-Zachery Mendez sacked at MIN 15 for -10 yards (30-Tyrone Iraheta). Sack allowed by 62-Cecil Ruiz. 18-Zachery Mendez FUMBLES (30-Tyrone Iraheta) recovered by CHI-30-Tyrone Iraheta at MIN 13.</t>
   </si>
   <si>
     <t>#18 Zachery Mendez - QB</t>
   </si>
   <si>
     <t>#86 Rudy Stevens - TE</t>
   </si>
   <si>
     <t>#83 William Gorman - WR</t>
   </si>
   <si>
     <t>#85 Barry Brownlow - WR</t>
   </si>
   <si>
     <t>#81 Kevin Jackson - WR</t>
   </si>
   <si>
-    <t>#62 Cecil Ruiz - LT</t>
+    <t>#66 Cecil Ruiz - LT</t>
   </si>
   <si>
     <t>#54 James Huffman - LT</t>
   </si>
   <si>
     <t>#69 Fred Wilson - RG</t>
   </si>
   <si>
     <t>#64 Tony Knudson - RT</t>
   </si>
   <si>
     <t>#94 Scot Fick - LDE</t>
   </si>
   <si>
     <t>#76 Darryl Hurt - DT</t>
   </si>
   <si>
     <t>#95 Keven Swain - DT</t>
   </si>
   <si>
     <t>#91 Charles Hensley - RDE</t>
   </si>
   <si>
-    <t>#51 Angelo Sadler - MLB</t>
+    <t>#99 Angelo Sadler - MLB</t>
   </si>
   <si>
     <t>#50 Donald Kendricks - WLB</t>
   </si>
   <si>
     <t>#49 Donald Cronk - CB</t>
   </si>
   <si>
     <t>#35 Danny Matteson - CB</t>
   </si>
   <si>
-    <t>#30 Tyrone Iraheta - CB</t>
+    <t>#22 Tyrone Iraheta - CB</t>
   </si>
   <si>
     <t>#40 Robert Vasquez - CB</t>
   </si>
   <si>
     <t>#49 Alex Sellers - FS</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>MIN 13</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-MIN 13 (14:56) 38-Peter Hulett ran to MIN 15 for -2 yards. Tackle by 94-Marvin Smith.</t>
   </si>
   <si>
     <t>#16 Charles Myers - QB</t>
   </si>
   <si>
     <t>#38 Peter Hulett - RB</t>
   </si>
   <si>
     <t>#80 Brent Rendon - WR</t>
   </si>
   <si>
     <t>#85 Dennis Miller - TE</t>
   </si>
   <si>
     <t>#14 Francisco Medrano - WR</t>
   </si>
   <si>
     <t>#10 Zachary Varney - WR</t>
   </si>
   <si>
     <t>#77 Robert Desrosiers - LT</t>
   </si>
   <si>
     <t>#67 Tommy Brown - LG</t>
   </si>
   <si>
     <t>#60 Horace Taylor - C</t>
   </si>
   <si>
-    <t>#66 Kevin Link - RG</t>
+    <t>#62 Kevin Link - RG</t>
   </si>
   <si>
     <t>#71 Caleb Evelyn - RT</t>
   </si>
   <si>
-    <t>#95 Harvey Gill - DT</t>
+    <t>#72 Harvey Gill - DT</t>
   </si>
   <si>
     <t>#94 Marvin Smith - WLB</t>
   </si>
   <si>
     <t>#40 Tyler Davis - CB</t>
   </si>
   <si>
     <t>#34 Roland Gibson - FS</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
     <t>MIN 15</t>
   </si>
   <si>
     <t>Singleback Empty 4 Short Posts</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-12-MIN 15 (14:10) 16-Charles Myers pass incomplete, intended for 85-Dennis Miller.</t>
   </si>
@@ -500,51 +500,51 @@
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>3-12-MIN 15 (14:08) 38-Peter Hulett ran to MIN 15 for a short gain. Tackle by 34-Roland Gibson.</t>
   </si>
   <si>
     <t>13:25</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-12-MIN 15 (13:24) 3-Russell Everett 33 yard field goal is GOOD. CHI 3 MIN 0</t>
   </si>
   <si>
     <t>#65 Peter Ostrowski - RG</t>
   </si>
   <si>
     <t>#63 Danny Anderson - LT</t>
   </si>
   <si>
-    <t>#61 Kevin Alder - C</t>
+    <t>#56 Kevin Alder - C</t>
   </si>
   <si>
     <t>#77 David Malone - DT</t>
   </si>
   <si>
     <t>#51 Neil Alcorn - SLB</t>
   </si>
   <si>
     <t>#28 Thomas Odom - CB</t>
   </si>
   <si>
     <t>13:21</t>
   </si>
   <si>
     <t>(13:22) 3-Russell Everett kicks 75 yards from CHI 35 to MIN -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-MIN 25 (13:22) 18-Zachery Mendez sacked at MIN 15 for -10 yards (94-Scot Fick). Sack allowed by 30-Bruce Allen. PENALTY - Unnecessary Roughness (CHI 94-Scot Fick)</t>
   </si>
   <si>
     <t>13:18</t>
   </si>
   <si>
     <t>MIN 30</t>
   </si>
@@ -644,54 +644,54 @@
   <si>
     <t>3-31-MIN 15 (10:32) 18-Zachery Mendez pass complete to 83-William Gorman to MIN 16 for 1 yards. Tackle by 30-Tyrone Iraheta.</t>
   </si>
   <si>
     <t>9:56</t>
   </si>
   <si>
     <t>MIN 16</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-30-MIN 16 (9:55) 15-George Woodworth punts 50 yards to CHI 34. 38-Peter Hulett to CHI 43 for 9 yards. Tackle by 72-Larry Harding.</t>
   </si>
   <si>
     <t>#15 George Woodworth - P</t>
   </si>
   <si>
     <t>#59 Michael Hall - WLB</t>
   </si>
   <si>
-    <t>#75 Lewis Page - RG</t>
-[...2 lines deleted...]
-    <t>#69 John Burns - RDE</t>
+    <t>#54 Lewis Page - C</t>
+  </si>
+  <si>
+    <t>#90 John Burns - RDE</t>
   </si>
   <si>
     <t>#93 Charles Woolery - RDE</t>
   </si>
   <si>
     <t>9:45</t>
   </si>
   <si>
     <t>CHI 43</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>1-10-CHI 43 (9:46) 16-Charles Myers pass complete to 38-Peter Hulett to CHI 50 for 6 yards. Tackle by 94-Marvin Smith.</t>
   </si>
   <si>
     <t>9:08</t>
   </si>
   <si>
     <t>CHI 50</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
@@ -809,57 +809,57 @@
   <si>
     <t>2-1-CHI 20 (5:35) 30-Bruce Allen ran to CHI 22 for -2 yards. Tackle by 51-Angelo Sadler.</t>
   </si>
   <si>
     <t>#87 John Giles - TE</t>
   </si>
   <si>
     <t>5:02</t>
   </si>
   <si>
     <t>CHI 22</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>3-2-CHI 22 (5:01) 25-Joesph Kent ran to CHI 22 for -1 yards. Tackle by 51-Angelo Sadler. MIN 64-Tony Knudson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:27</t>
   </si>
   <si>
     <t>4-3-CHI 22 (4:26) 10-Jaime Jacobs 40 yard field goal is GOOD. CHI 3 MIN 3</t>
   </si>
   <si>
-    <t>#10 Jaime Jacobs - K</t>
+    <t>#5 Jaime Jacobs - K</t>
   </si>
   <si>
     <t>#58 Darnell Cloutier - MLB</t>
   </si>
   <si>
-    <t>#53 Michael Alexander - MLB</t>
+    <t>#98 Michael Alexander - MLB</t>
   </si>
   <si>
     <t>#97 David Dalton - DT</t>
   </si>
   <si>
     <t>4:22</t>
   </si>
   <si>
     <t>(4:23) 10-Jaime Jacobs kicks 75 yards from MIN 35 to CHI -10. Touchback.</t>
   </si>
   <si>
     <t>CHI 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>3-4 Normal Zone Blitz</t>
   </si>
   <si>
     <t>1-10-CHI 25 (4:23) 16-Charles Myers sacked at CHI 17 for -8 yards (93-Jorge Banda). Sack allowed by 60-Horace Taylor.</t>
   </si>
   <si>
     <t>3:40</t>
   </si>
@@ -1724,51 +1724,51 @@
   <si>
     <t>6:14</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>3-12-CHI 47 (6:13) 16-Charles Myers pass complete to 35-Larry Morgan to MIN 30 for 24 yards.</t>
   </si>
   <si>
     <t>5:37</t>
   </si>
   <si>
     <t>1-10-MIN 30 (5:36) 16-Charles Myers pass complete to 10-Zachary Varney to MIN 27 for 3 yards. Tackle by 28-Thomas Odom.</t>
   </si>
   <si>
     <t>#38 Jeremy Negrete - FS</t>
   </si>
   <si>
     <t>4:57</t>
   </si>
   <si>
     <t>2-7-MIN 27 (4:56) 16-Charles Myers pass complete to 21-Sidney Quisenberry to MIN 21 for 6 yards. Tackle by 45-Brett Harris.</t>
   </si>
   <si>
-    <t>#32 Michael Jacques - RB</t>
+    <t>#23 Michael Jacques - RB</t>
   </si>
   <si>
     <t>4:21</t>
   </si>
   <si>
     <t>MIN 21</t>
   </si>
   <si>
     <t>3-1-MIN 21 (4:20) 35-Larry Morgan ran to MIN 14 for 7 yards. Tackle by 34-Roland Gibson.</t>
   </si>
   <si>
     <t>3:47</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-MIN 14 (3:46) 38-Peter Hulett ran to MIN 10 for 4 yards. Tackle by 94-Marvin Smith.</t>
   </si>
   <si>
     <t>#27 Jordan Heaton - CB</t>
   </si>
   <si>
     <t>3:08</t>
   </si>