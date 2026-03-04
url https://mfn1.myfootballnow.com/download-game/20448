--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -290,111 +290,111 @@
   <si>
     <t>MIA</t>
   </si>
   <si>
     <t>MIA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Daniel Liller kicks 75 yards from MIA 35 to NYA -10. Touchback.</t>
   </si>
   <si>
     <t>#40 Jose Hernandez - RB</t>
   </si>
   <si>
     <t>#69 Michael Earl - RT</t>
   </si>
   <si>
     <t>#88 Kyle Sloan - WR</t>
   </si>
   <si>
-    <t>#38 John Stewart - CB</t>
-[...2 lines deleted...]
-    <t>#41 Charles Wagner - WLB</t>
+    <t>#45 John Stewart - CB</t>
+  </si>
+  <si>
+    <t>#51 Charles Wagner - WLB</t>
   </si>
   <si>
     <t>#1 James Woodruff - CB</t>
   </si>
   <si>
     <t>#42 Thomas Burrow - CB</t>
   </si>
   <si>
     <t>#74 Chris Kushner - RDE</t>
   </si>
   <si>
     <t>#72 Donald Stjohn - LT</t>
   </si>
   <si>
-    <t>#54 Thomas Lenihan - SLB</t>
+    <t>#57 Thomas Lenihan - SLB</t>
   </si>
   <si>
     <t>#50 James Ramirez - MLB</t>
   </si>
   <si>
     <t>#9 Daniel Liller - K</t>
   </si>
   <si>
     <t>NYA</t>
   </si>
   <si>
     <t>NYA 25</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-NYA 25 (15:00) 10-Gregory Moran pass INTERCEPTED by 37-Walter Jenkins at NYA 30. 37-Walter Jenkins to NYA 30 for 0 yards. Tackle by 84-Brian Kucera. Pressure by 50-Felix Kaplan.</t>
   </si>
   <si>
     <t>#10 Gregory Moran - QB</t>
   </si>
   <si>
-    <t>#25 Steven Bennett - RB</t>
+    <t>#25 Steven Bennett - TE</t>
   </si>
   <si>
     <t>#30 Gerald Bartholomew - FB</t>
   </si>
   <si>
     <t>#84 Brian Kucera - TE</t>
   </si>
   <si>
     <t>#80 Charles Davis - WR</t>
   </si>
   <si>
     <t>#67 Robert Contreras - LG</t>
   </si>
   <si>
-    <t>#59 Michael Brandy - C</t>
+    <t>#59 Michael Brandy - RT</t>
   </si>
   <si>
     <t>#51 Brad Contreras - RG</t>
   </si>
   <si>
     <t>#50 Felix Kaplan - LDE</t>
   </si>
   <si>
     <t>#68 Timothy Adkins - DT</t>
   </si>
   <si>
     <t>#94 Edward Hall - DT</t>
   </si>
   <si>
     <t>#99 Paul Torbert - RDE</t>
   </si>
   <si>
     <t>#53 Philip Bostick - SLB</t>
   </si>
   <si>
     <t>#54 Brian Silverberg - MLB</t>
   </si>
   <si>
     <t>#52 Dan Cooper - WLB</t>
   </si>
@@ -416,69 +416,69 @@
   <si>
     <t>NYA 30</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>1-10-NYA 30 (14:57) 5-Tommy Arnold pass complete to 15-Peter Black to NYA 24 for 6 yards. Tackle by 27-Eric Jones.</t>
   </si>
   <si>
     <t>#5 Tommy Arnold - QB</t>
   </si>
   <si>
     <t>#42 Matthew Ulmer - RB</t>
   </si>
   <si>
     <t>#44 Ollie Vick - FB</t>
   </si>
   <si>
     <t>#86 Julius Watts - TE</t>
   </si>
   <si>
-    <t>#15 Peter Black - WR</t>
+    <t>#8 Peter Black - WR</t>
   </si>
   <si>
     <t>#11 David Cooper - WR</t>
   </si>
   <si>
-    <t>#70 George McCallum - LT</t>
-[...2 lines deleted...]
-    <t>#61 Kevin Guillory - C</t>
+    <t>#72 George McCallum - RT</t>
+  </si>
+  <si>
+    <t>#71 Kevin Guillory - LT</t>
   </si>
   <si>
     <t>#73 Michael Holmes - C</t>
   </si>
   <si>
     <t>#74 Theodore Clark - LT</t>
   </si>
   <si>
-    <t>#78 Victor Jandreau - RT</t>
+    <t>#61 Victor Jandreau - RG</t>
   </si>
   <si>
     <t>#71 Ralph Roberts - LDE</t>
   </si>
   <si>
     <t>#65 George Vera - DT</t>
   </si>
   <si>
     <t>#76 Richard Britt - DT</t>
   </si>
   <si>
     <t>#97 Edward Dominguez - MLB</t>
   </si>
   <si>
     <t>#27 Eric Jones - CB</t>
   </si>
   <si>
     <t>#29 Randy Kramer - CB</t>
   </si>
   <si>
     <t>#21 William Lachance - SS</t>
   </si>
   <si>
     <t>#39 Theron Goodwin - FS</t>
   </si>
@@ -560,51 +560,51 @@
   <si>
     <t>12:16</t>
   </si>
   <si>
     <t>NYA 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(12:17) Extra point GOOD by 9-Daniel Liller. NYA 0 MIA 7</t>
   </si>
   <si>
     <t>#6 Kenneth Hammond - P</t>
   </si>
   <si>
     <t>#65 Travis Griggs - C</t>
   </si>
   <si>
     <t>#98 David Levinson - LDE</t>
   </si>
   <si>
-    <t>#75 William Sasse - RT</t>
+    <t>#75 William Sasse - LT</t>
   </si>
   <si>
     <t>#81 Charles Fontenot - TE</t>
   </si>
   <si>
     <t>#58 Chris Barrett - RDE</t>
   </si>
   <si>
     <t>#11 Eric Harmon - WR</t>
   </si>
   <si>
     <t>#96 Nathaniel Ellis - MLB</t>
   </si>
   <si>
     <t>(12:17) 9-Daniel Liller kicks 75 yards from MIA 35 to NYA -10. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-NYA 25 (12:17) 10-Gregory Moran pass complete to 40-Jose Hernandez to NYA 27 for 2 yards. Tackle by 37-Walter Jenkins.</t>
   </si>
@@ -650,51 +650,51 @@
   <si>
     <t>NYA 35</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-NYA 35 (10:13) 7-Richard Pearce punts 46 yards to MIA 20. Fair Catch by 47-Keith Napoli.</t>
   </si>
   <si>
     <t>#7 Richard Pearce - P</t>
   </si>
   <si>
     <t>#95 Greg Stanley - MLB</t>
   </si>
   <si>
     <t>#36 Ruben Lopez - SS</t>
   </si>
   <si>
     <t>#73 Travis Miller - LT</t>
   </si>
   <si>
-    <t>#66 Harold Jackson - RT</t>
+    <t>#66 Harold Jackson - LT</t>
   </si>
   <si>
     <t>#51 Aaron Johnson - MLB</t>
   </si>
   <si>
     <t>10:05</t>
   </si>
   <si>
     <t>MIA 20</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-MIA 20 (10:06) 42-Matthew Ulmer ran to MIA 21 for 1 yards. Tackle by 65-George Vera.</t>
   </si>
   <si>
     <t>9:28</t>
   </si>
   <si>
     <t>MIA 21</t>
   </si>
@@ -878,51 +878,51 @@
   <si>
     <t>3-9-NYA 41 (1:51) 5-Tommy Arnold pass complete to 44-Ollie Vick to NYA 26 for 14 yards.</t>
   </si>
   <si>
     <t>1:14</t>
   </si>
   <si>
     <t>NYA 26</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-NYA 26 (1:13) 21-Johnny Walls ran to NYA 21 for 5 yards. Tackle by 65-George Vera.</t>
   </si>
   <si>
     <t>0:36</t>
   </si>
   <si>
     <t>NYA 21</t>
   </si>
   <si>
     <t>2-5-NYA 21 (0:35) 44-Ollie Vick ran to NYA 13 for 9 yards. Tackle by 42-Thomas Burrow.</t>
   </si>
   <si>
-    <t>#48 Andrew Hood - SS</t>
+    <t>#69 Andrew Hood - LDE</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>NYA 13</t>
   </si>
   <si>
     <t>1-10-NYA 13 (15:00) 47-Keith Napoli ran to NYA 11 for 1 yards. 47-Keith Napoli FUMBLES (65-George Vera) recovered by NYA-39-Theron Goodwin at NYA 10. Tackle by 47-Keith Napoli. PENALTY - Holding (MIA 86-Julius Watts) (Declined)</t>
   </si>
   <si>
     <t>NYA 10</t>
   </si>
   <si>
     <t>Singleback Normal FL Drag</t>
   </si>
   <si>
     <t>Dime Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-NYA 10 (14:57) 10-Gregory Moran sacked at NYA 3 for -7 yards (50-Felix Kaplan). Sack allowed by 69-Michael Earl. 69-Michael Earl missed that block completely.</t>
   </si>
@@ -1382,51 +1382,51 @@
   <si>
     <t>8:42</t>
   </si>
   <si>
     <t>NYA 14</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-NYA 14 (8:41) 5-Tommy Arnold pass Pass knocked down by 29-Randy Kramer. incomplete, intended for 11-David Cooper.</t>
   </si>
   <si>
     <t>8:37</t>
   </si>
   <si>
     <t>2-10-NYA 14 (8:38) 42-Matthew Ulmer ran to NYA 3 for 11 yards. Tackle by 42-Thomas Burrow.</t>
   </si>
   <si>
     <t>8:01</t>
   </si>
   <si>
     <t>1-3-NYA 3 (8:00) 21-Johnny Walls ran to NYA 2 for 1 yards. Tackle by 65-George Vera.</t>
   </si>
   <si>
-    <t>#33 Ronald McDaniels - SS</t>
+    <t>#25 Ronald McDaniels - SS</t>
   </si>
   <si>
     <t>7:22</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>2-2-NYA 2 (7:21) 5-Tommy Arnold pass incomplete, intended for 15-Peter Black. Pressure by 65-George Vera. NYA 74-Chris Kushner was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3-2-NYA 2 (7:15) 21-Johnny Walls ran to NYA 2 for a short gain. Tackle by 48-Andrew Hood. MIA 86-Julius Watts was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:32</t>
   </si>
   <si>
     <t>4-2-NYA 2 (6:31) 9-Daniel Liller 20 yard field goal is GOOD. NYA 10 MIA 16</t>
   </si>
   <si>
     <t>6:28</t>
   </si>
   <si>
     <t>(6:29) 9-Daniel Liller kicks 73 yards from MIA 35 to NYA -8. Touchback.</t>
   </si>
@@ -2205,100 +2205,100 @@
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="275.933" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">