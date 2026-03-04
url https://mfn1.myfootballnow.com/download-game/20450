--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -293,51 +293,51 @@
   <si>
     <t>CAR 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Curtis Dugas kicks 75 yards from CAR 35 to PHI -10. 81-Aaron Williams to PHI 17 for 27 yards. Tackle by 23-Scott Anderson. PHI 64-Delbert Chung was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#81 Aaron Williams - WR</t>
   </si>
   <si>
     <t>#96 Richard Langston - WLB</t>
   </si>
   <si>
     <t>#63 Kenneth Ireland - DT</t>
   </si>
   <si>
     <t>#75 Randall Baker - RDE</t>
   </si>
   <si>
-    <t>#97 John Babich - WLB</t>
+    <t>#78 John Babich - LDE</t>
   </si>
   <si>
     <t>#64 Delbert Chung - DT</t>
   </si>
   <si>
     <t>#39 Robert Credle - FS</t>
   </si>
   <si>
     <t>#42 Fred Rice - SS</t>
   </si>
   <si>
     <t>#29 Ernest Sievert - CB</t>
   </si>
   <si>
     <t>#44 Marvin Kuhn - CB</t>
   </si>
   <si>
     <t>#55 Bernard Livingston - MLB</t>
   </si>
   <si>
     <t>#3 Curtis Dugas - K</t>
   </si>
   <si>
     <t>PHI</t>
   </si>
@@ -365,72 +365,72 @@
   <si>
     <t>#25 James Donovan - FB</t>
   </si>
   <si>
     <t>#82 John Vickers - TE</t>
   </si>
   <si>
     <t>#85 Enrique Jones - WR</t>
   </si>
   <si>
     <t>#15 Cody Schmidt - WR</t>
   </si>
   <si>
     <t>#66 Darren Alexander - RT</t>
   </si>
   <si>
     <t>#51 Nelson Devore - RG</t>
   </si>
   <si>
     <t>#53 Thomas Moore - C</t>
   </si>
   <si>
     <t>#70 Clinton Kaczor - RG</t>
   </si>
   <si>
-    <t>#77 Douglas Landry - RT</t>
+    <t>#67 Douglas Landry - RT</t>
   </si>
   <si>
     <t>#96 Gerald Chappell - LDE</t>
   </si>
   <si>
     <t>#69 William Hamilton - DT</t>
   </si>
   <si>
     <t>#76 Randy Starkey - DT</t>
   </si>
   <si>
     <t>#79 David Epstein - LDE</t>
   </si>
   <si>
     <t>#94 Garland Lauritzen - MLB</t>
   </si>
   <si>
     <t>#98 Joseph Olson - MLB</t>
   </si>
   <si>
-    <t>#53 Albert Harvey - WLB</t>
+    <t>#91 Albert Harvey - WLB</t>
   </si>
   <si>
     <t>#37 Jamey Jim - CB</t>
   </si>
   <si>
     <t>#23 Scott Anderson - CB</t>
   </si>
   <si>
     <t>#48 James Carswell - SS</t>
   </si>
   <si>
     <t>#27 Bernie Bell - FS</t>
   </si>
   <si>
     <t>14:53</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-10-PHI 17 (14:54) 47-Timothy Villarreal ran to PHI 18 for 1 yards. Tackle by 61-Jonathan Runyan.</t>
   </si>
@@ -461,99 +461,99 @@
   <si>
     <t>#30 Everett Watson - CB</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>PHI 22</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-PHI 22 (13:30) 15-Aaron Moore punts 43 yards to CAR 35. 32-Chris Harrington to PHI 46 for 20 yards. PHI 67-Curtis Davis was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#15 Aaron Moore - P</t>
   </si>
   <si>
     <t>#32 Chris Harrington - RB</t>
   </si>
   <si>
-    <t>#66 Matthew Eskridge - RT</t>
-[...2 lines deleted...]
-    <t>#18 Conrad Bailey - WR</t>
+    <t>#77 Matthew Eskridge - RT</t>
+  </si>
+  <si>
+    <t>#81 Conrad Bailey - WR</t>
   </si>
   <si>
     <t>#90 John Betts - MLB</t>
   </si>
   <si>
     <t>#67 Curtis Davis - RT</t>
   </si>
   <si>
     <t>#71 Gregory Martinez - RG</t>
   </si>
   <si>
     <t>13:18</t>
   </si>
   <si>
     <t>PHI 46</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-PHI 46 (13:19) 29-Robert Probst ran to PHI 44 for 3 yards. Tackle by 96-Richard Langston.</t>
   </si>
   <si>
     <t>#4 Harold Webb - QB</t>
   </si>
   <si>
     <t>#29 Robert Probst - RB</t>
   </si>
   <si>
     <t>#33 Lewis Derossett - FB</t>
   </si>
   <si>
-    <t>#85 Max Turner - WR</t>
+    <t>#12 Max Turner - WR</t>
   </si>
   <si>
     <t>#14 Kristopher Hernandez - WR</t>
   </si>
   <si>
-    <t>#17 Kenneth Berry - WR</t>
+    <t>#15 Kenneth Berry - WR</t>
   </si>
   <si>
     <t>#70 Charles Houston - LT</t>
   </si>
   <si>
-    <t>#60 Erin Hale - LG</t>
+    <t>#76 Erin Hale - LT</t>
   </si>
   <si>
     <t>#58 Teddy Gardner - C</t>
   </si>
   <si>
     <t>#67 Charles Smith - RG</t>
   </si>
   <si>
     <t>#90 Derek Hassler - LDE</t>
   </si>
   <si>
     <t>#52 Ronnie Inman - MLB</t>
   </si>
   <si>
     <t>#37 Donald Derosier - CB</t>
   </si>
   <si>
     <t>12:40</t>
   </si>
   <si>
     <t>PHI 44</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
@@ -734,51 +734,51 @@
   <si>
     <t>#30 Leroy Alsup - CB</t>
   </si>
   <si>
     <t>5:25</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>2-4-PHI 46 (5:24) 29-Robert Probst ran to PHI 46 for a short loss. Tackle by 96-Richard Langston.</t>
   </si>
   <si>
     <t>4:41</t>
   </si>
   <si>
     <t>3-5-PHI 46 (4:40) 4-Harold Webb pass complete to 29-Robert Probst to PHI 43 for 3 yards. Tackle by 37-Donald Derosier. 14-Kristopher Hernandez was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>3:56</t>
   </si>
   <si>
     <t>4-2-PHI 43 (3:55) 13-Dustin Christensen punts 35 yards to PHI 8.</t>
   </si>
   <si>
-    <t>#13 Dustin Christensen - P</t>
+    <t>#4 Dustin Christensen - P</t>
   </si>
   <si>
     <t>#77 Raymond Johnson - LT</t>
   </si>
   <si>
     <t>#54 Travis Baird - RDE</t>
   </si>
   <si>
     <t>3:46</t>
   </si>
   <si>
     <t>PHI 8</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>1-10-PHI 8 (3:47) 14-Jason Nevels pass incomplete, dropped by 85-Enrique Jones. 23-Scott Anderson got away with a hold on that play.</t>
   </si>
   <si>
     <t>3:42</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
@@ -1277,51 +1277,51 @@
   <si>
     <t>1:41</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-CAR 38 (1:42) 14-Jason Nevels pass Pass knocked down by 48-James Carswell. incomplete, intended for 85-Enrique Jones.</t>
   </si>
   <si>
     <t>1:36</t>
   </si>
   <si>
     <t>3-10-CAR 38 (1:37) 14-Jason Nevels pass complete to 15-Cody Schmidt to CAR 36 for 2 yards. Tackle by 23-Scott Anderson.</t>
   </si>
   <si>
     <t>0:55</t>
   </si>
   <si>
     <t>CAR 36</t>
   </si>
   <si>
     <t>4-8-CAR 36 (0:54) 10-Mark Graham 54 yard field goal is NO GOOD. (Short)</t>
   </si>
   <si>
-    <t>#10 Mark Graham - K</t>
+    <t>#13 Mark Graham - K</t>
   </si>
   <si>
     <t>CAR 43</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>1-10-CAR 43 (0:50) 4-Harold Webb pass complete to 85-Max Turner to PHI 38 for 19 yards. Tackle by 42-Fred Rice.</t>
   </si>
   <si>
     <t>0:46</t>
   </si>
   <si>
     <t>Timeout CAR</t>
   </si>
   <si>
     <t>0:42</t>
   </si>
   <si>
     <t>PHI 38</t>
   </si>
@@ -2217,69 +2217,69 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="418.755" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>