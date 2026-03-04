--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -290,150 +290,150 @@
   <si>
     <t>DAL</t>
   </si>
   <si>
     <t>DAL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 77-Clifford Marcus kicks 58 yards from DAL 35 to CIN 7. 40-George Hanson to CIN 24 for 18 yards. Tackle by 23-Edgar Atkinson.</t>
   </si>
   <si>
     <t>#40 George Hanson - RB</t>
   </si>
   <si>
     <t>#95 Eric Anderson - MLB</t>
   </si>
   <si>
     <t>#48 Dennis Moore - FS</t>
   </si>
   <si>
-    <t>#27 Paul Dixson - CB</t>
+    <t>#37 Paul Dixson - FS</t>
   </si>
   <si>
     <t>#64 Jose Schaper - LDE</t>
   </si>
   <si>
     <t>#53 Harold Jones - WLB</t>
   </si>
   <si>
     <t>#92 Frank Pettie - WLB</t>
   </si>
   <si>
     <t>#55 Harry Johnson - SLB</t>
   </si>
   <si>
     <t>#93 Christopher Soza - MLB</t>
   </si>
   <si>
-    <t>#20 Jerry Smith - CB</t>
+    <t>#39 Jerry Smith - CB</t>
   </si>
   <si>
     <t>#65 Robert Brown - LDE</t>
   </si>
   <si>
-    <t>#77 Clifford Marcus - LT</t>
+    <t>#67 Clifford Marcus - LT</t>
   </si>
   <si>
     <t>CIN</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>CIN 24</t>
   </si>
   <si>
     <t>Strong I Normal FB Trap Weak</t>
   </si>
   <si>
     <t>46 Normal 3 Deep LB Blitz</t>
   </si>
   <si>
     <t>1-10-CIN 24 (14:57) 23-Garret Tingle ran to CIN 22 for -2 yards. Tackle by 55-Kevin Tapp.</t>
   </si>
   <si>
     <t>#9 Matthew Kiser - QB</t>
   </si>
   <si>
-    <t>#23 Garret Tingle - FB</t>
+    <t>#39 Garret Tingle - FB</t>
   </si>
   <si>
     <t>#83 Raymond Hansen - TE</t>
   </si>
   <si>
     <t>#80 Stephan Wilson - WR</t>
   </si>
   <si>
     <t>#10 Robert Johnson - WR</t>
   </si>
   <si>
     <t>#69 Lewis Varney - LT</t>
   </si>
   <si>
     <t>#68 Stuart Beck - LG</t>
   </si>
   <si>
     <t>#50 Fred Layden - C</t>
   </si>
   <si>
-    <t>#59 James Richardson - RG</t>
+    <t>#68 James Richardson - RG</t>
   </si>
   <si>
     <t>#66 Brandon Hagood - RT</t>
   </si>
   <si>
-    <t>#96 William Cleveland - LDE</t>
+    <t>#95 William Cleveland - DT</t>
   </si>
   <si>
     <t>#98 Dustin Vanish - RDE</t>
   </si>
   <si>
-    <t>#70 Thomas Marino - DT</t>
+    <t>#90 Thomas Marino - DT</t>
   </si>
   <si>
     <t>#95 Edward Ortiz - RDE</t>
   </si>
   <si>
-    <t>#91 Joseph Lamb - SLB</t>
-[...11 lines deleted...]
-    <t>#41 Charles Wotring - FS</t>
+    <t>#76 Joseph Lamb - RDE</t>
+  </si>
+  <si>
+    <t>#91 Juan Biller - MLB</t>
+  </si>
+  <si>
+    <t>#37 Kevin Tapp - SS</t>
+  </si>
+  <si>
+    <t>#22 Christopher Cohen - CB</t>
+  </si>
+  <si>
+    <t>#6 Charles Wotring - FS</t>
   </si>
   <si>
     <t>#33 William Honaker - FS</t>
   </si>
   <si>
     <t>#25 Robert Murphy - CB</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>CIN 22</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-12-CIN 22 (14:19) 9-Matthew Kiser pass complete to 83-Raymond Hansen to CIN 31 for 9 yards. Tackle by 54-Juan Biller. Nice job by 83-Raymond Hansen on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#88 Dale Howe - WR</t>
   </si>
@@ -458,147 +458,147 @@
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>3-3-CIN 31 (13:38) 9-Matthew Kiser pass incomplete, intended for 80-Stephan Wilson.</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-CIN 31 (13:35) 7-Joe Hall punts 49 yards to DAL 19. 88-Roger Firth to DAL 28 for 9 yards. Tackle by 53-Harold Jones.</t>
   </si>
   <si>
     <t>#7 Joe Hall - P</t>
   </si>
   <si>
     <t>#79 Raymond Griffin - C</t>
   </si>
   <si>
-    <t>#88 Roger Firth - WR</t>
+    <t>#9 Roger Firth - WR</t>
   </si>
   <si>
     <t>#85 Jeffrey Castillo - TE</t>
   </si>
   <si>
-    <t>#67 Vincent Swenson - C</t>
-[...2 lines deleted...]
-    <t>#93 Sean Boyce - LDE</t>
+    <t>#58 Vincent Swenson - C</t>
+  </si>
+  <si>
+    <t>#54 Sean Boyce - RDE</t>
   </si>
   <si>
     <t>13:26</t>
   </si>
   <si>
     <t>DAL 28</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>3-4 Normal 4 Deep Zone</t>
   </si>
   <si>
     <t>1-10-DAL 28 (13:27) 4-Patrick Camp pass complete to 44-Leroy Zimmerman to DAL 37 for 9 yards. Tackle by 27-Paul Dixson.</t>
   </si>
   <si>
-    <t>#4 Patrick Camp - QB</t>
-[...11 lines deleted...]
-    <t>#19 Benjamin Nguyen - WR</t>
+    <t>#2 Patrick Camp - QB</t>
+  </si>
+  <si>
+    <t>#6 Joey Bowers - RB</t>
+  </si>
+  <si>
+    <t>#60 Leroy Zimmerman - RG</t>
+  </si>
+  <si>
+    <t>#88 Ian Isenhour - TE</t>
+  </si>
+  <si>
+    <t>#12 Benjamin Nguyen - WR</t>
   </si>
   <si>
     <t>#16 Todd McCarty - WR</t>
   </si>
   <si>
-    <t>#64 Harrison Walters - RG</t>
-[...14 lines deleted...]
-    <t>#67 Patrick Kelly - DT</t>
+    <t>#68 Harrison Walters - LT</t>
+  </si>
+  <si>
+    <t>#61 Ryan Pak - LG</t>
+  </si>
+  <si>
+    <t>#59 Joseph Nathan - C</t>
+  </si>
+  <si>
+    <t>#61 Robert Scott - LG</t>
+  </si>
+  <si>
+    <t>#55 Anthony Thomas - RT</t>
+  </si>
+  <si>
+    <t>#57 Patrick Kelly - DT</t>
   </si>
   <si>
     <t>#97 James Parkinson - LDE</t>
   </si>
   <si>
-    <t>#90 Ramon Lopez - SLB</t>
-[...5 lines deleted...]
-    <t>#35 Robert Miller - CB</t>
+    <t>#51 Ramon Lopez - SLB</t>
+  </si>
+  <si>
+    <t>#55 Charles Bailey - MLB</t>
+  </si>
+  <si>
+    <t>#40 Robert Miller - SLB</t>
   </si>
   <si>
     <t>#44 Dennis Mears - CB</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>DAL 37</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-1-DAL 37 (12:52) 2-Joey Bowers ran to DAL 39 for 2 yards. Tackle by 67-Patrick Kelly.</t>
   </si>
   <si>
-    <t>#24 Adam Byler - RB</t>
-[...2 lines deleted...]
-    <t>#40 Albert Ponce - RB</t>
+    <t>#5 Adam Byler - RB</t>
+  </si>
+  <si>
+    <t>#11 Albert Ponce - RB</t>
   </si>
   <si>
     <t>#77 Kevin Soria - DT</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>DAL 39</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-DAL 39 (12:18) 2-Joey Bowers ran to DAL 48 for 9 yards. Tackle by 44-Dennis Mears.</t>
   </si>
   <si>
     <t>11:32</t>
   </si>
   <si>
     <t>DAL 48</t>
   </si>
@@ -638,174 +638,174 @@
   <si>
     <t>10:42</t>
   </si>
   <si>
     <t>CIN 37</t>
   </si>
   <si>
     <t>4-3 Under Inside LB Blitz</t>
   </si>
   <si>
     <t>1-10-CIN 37 (10:43) 2-Joey Bowers ran to CIN 24 for 13 yards. Tackle by 48-Dennis Moore.</t>
   </si>
   <si>
     <t>10:04</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Dime Flat Overload Blitz</t>
   </si>
   <si>
     <t>1-10-CIN 24 (10:03) 4-Patrick Camp pass incomplete, intended for 19-Benjamin Nguyen.</t>
   </si>
   <si>
-    <t>#86 Ricardo Davis - WR</t>
+    <t>#4 Ricardo Davis - WR</t>
   </si>
   <si>
     <t>#33 Robert Saddler - CB</t>
   </si>
   <si>
     <t>9:59</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>2-10-CIN 24 (10:00) 24-Adam Byler ran to CIN 29 for -5 yards. Tackle by 53-Harold Jones.</t>
   </si>
   <si>
     <t>9:23</t>
   </si>
   <si>
     <t>CIN 29</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-15-CIN 29 (9:22) 2-Joey Bowers ran to CIN 29 for 1 yards. Tackle by 97-James Parkinson. DAL 75-Anthony Thomas was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:42</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-14-CIN 29 (8:41) 77-Clifford Marcus 47 yard field goal is NO GOOD. (Short)</t>
   </si>
   <si>
-    <t>#79 Edward Meador - TE</t>
+    <t>#63 Edward Meador - LG</t>
   </si>
   <si>
     <t>#66 Raymond Jordan - DT</t>
   </si>
   <si>
     <t>8:36</t>
   </si>
   <si>
     <t>CIN 36</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-CIN 36 (8:37) 9-Matthew Kiser pass complete to 31-David Gentile to CIN 47 for 12 yards. Tackle by 41-Charles Wotring.</t>
   </si>
   <si>
     <t>#31 David Gentile - RB</t>
   </si>
   <si>
     <t>8:00</t>
   </si>
   <si>
     <t>CIN 47</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-CIN 47 (7:59) 23-Garret Tingle ran to CIN 47 for a short loss. Tackle by 91-Joseph Lamb.</t>
   </si>
   <si>
-    <t>#57 Charles Couey - WLB</t>
+    <t>#72 Charles Couey - DT</t>
   </si>
   <si>
     <t>7:15</t>
   </si>
   <si>
     <t>2-10-CIN 47 (7:14) 23-Garret Tingle ran to CIN 49 for 2 yards. Tackle by 55-Kevin Tapp.</t>
   </si>
   <si>
     <t>6:32</t>
   </si>
   <si>
     <t>CIN 49</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>3-9-CIN 49 (6:31) 9-Matthew Kiser pass complete to 40-George Hanson to CIN 49 for a short gain. Tackle by 23-Edgar Atkinson. 40-George Hanson breaks down the CB.</t>
   </si>
   <si>
     <t>5:59</t>
   </si>
   <si>
     <t>4-9-CIN 49 (5:58) 7-Joe Hall punts 56 yards to DAL -5.4-9-CIN 49 (5:58) 7-Joe Hall punts 56 yards to DAL -5. Touchback.</t>
   </si>
   <si>
-    <t>#51 James Franks - MLB</t>
+    <t>#90 James Franks - MLB</t>
   </si>
   <si>
     <t>5:49</t>
   </si>
   <si>
     <t>DAL 20</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-DAL 20 (5:50) 4-Patrick Camp pass incomplete, intended for 87-Ian Isenhour.</t>
   </si>
   <si>
-    <t>#62 John Lee - RT</t>
+    <t>#69 John Lee - RT</t>
   </si>
   <si>
     <t>5:47</t>
   </si>
   <si>
     <t>2-10-DAL 20 (5:48) 2-Joey Bowers ran to DAL 25 for 5 yards. Tackle by 90-Ramon Lopez.</t>
   </si>
   <si>
     <t>5:16</t>
   </si>
   <si>
     <t>DAL 25</t>
   </si>
   <si>
     <t>I Formation 3WR PA Fullback Flat</t>
   </si>
   <si>
     <t>3-5-DAL 25 (5:15) 4-Patrick Camp pass complete to 88-Roger Firth to CIN 21 for 54 yards. Tackle by 48-Dennis Moore.</t>
   </si>
   <si>
     <t>4:35</t>
   </si>
   <si>
     <t>CIN 21</t>
   </si>
@@ -833,51 +833,51 @@
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>1-10-CIN 21 (4:30) 9-Matthew Kiser pass Pass knocked down by 55-Kevin Tapp. incomplete, intended for 31-David Gentile.</t>
   </si>
   <si>
     <t>4:27</t>
   </si>
   <si>
     <t>2-10-CIN 21 (4:28) 9-Matthew Kiser pass complete to 83-Raymond Hansen to CIN 30 for 10 yards. Tackle by 33-William Honaker.</t>
   </si>
   <si>
     <t>3:44</t>
   </si>
   <si>
     <t>CIN 30</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>3-1-CIN 30 (3:43) 40-George Hanson ran to CIN 37 for 6 yards. Tackle by 54-Juan Biller.</t>
   </si>
   <si>
-    <t>#82 Mark Dean - TE</t>
+    <t>#82 Mark Dean - WR</t>
   </si>
   <si>
     <t>3:05</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>1-10-CIN 37 (3:04) 9-Matthew Kiser sacked at CIN 31 for -5 yards (95-Edward Ortiz). Sack allowed by 68-Stuart Beck.</t>
   </si>
   <si>
     <t>2:22</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>2-15-CIN 31 (2:21) 9-Matthew Kiser ran to CIN 41 for 10 yards. 9-Matthew Kiser slides to avoid being hit. CIN 59-James Richardson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>1:34</t>
   </si>
   <si>
     <t>CIN 41</t>
   </si>
@@ -1103,51 +1103,51 @@
   <si>
     <t>8:21</t>
   </si>
   <si>
     <t>1-10-CIN 49 (8:20) 40-George Hanson ran to DAL 41 for 10 yards. Tackle by 41-Charles Wotring.</t>
   </si>
   <si>
     <t>7:40</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>2-1-DAL 41 (7:39) 9-Matthew Kiser pass complete to 40-George Hanson to DAL 32 for 9 yards. Tackle by 55-Kevin Tapp. Great move by 40-George Hanson to get free of his coverage.</t>
   </si>
   <si>
     <t>6:59</t>
   </si>
   <si>
     <t>DAL 32</t>
   </si>
   <si>
     <t>1-10-DAL 32 (6:58) 9-Matthew Kiser pass complete to 31-David Gentile to DAL 33 for -1 yards. Tackle by 23-Edgar Atkinson. Nice job by 31-David Gentile on that route to lose his coverage.</t>
   </si>
   <si>
-    <t>#38 Chad Wise - RB</t>
+    <t>#5 Chad Wise - RB</t>
   </si>
   <si>
     <t>6:13</t>
   </si>
   <si>
     <t>DAL 33</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>2-11-DAL 33 (6:12) 40-George Hanson ran to DAL 21 for 13 yards. Tackle by 49-Aron Roberts. CIN 50-Fred Layden was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:36</t>
   </si>
   <si>
     <t>DAL 21</t>
   </si>
   <si>
     <t>1-10-DAL 21 (5:35) 9-Matthew Kiser pass complete to 80-Stephan Wilson to DAL 15 for 5 yards. Tackle by 23-Edgar Atkinson.</t>
   </si>
   <si>
     <t>4:53</t>
   </si>
@@ -1181,51 +1181,51 @@
   <si>
     <t>DAL 3</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>3-3-DAL 3 (2:50) 40-George Hanson ran to DAL 4 for -1 yards. Tackle by 54-Juan Biller.</t>
   </si>
   <si>
     <t>2:07</t>
   </si>
   <si>
     <t>DAL 4</t>
   </si>
   <si>
     <t>4-4-DAL 4 (2:06) 1-William Godfrey 21 yard field goal is GOOD. CIN 3 DAL 6</t>
   </si>
   <si>
     <t>#1 William Godfrey - K</t>
   </si>
   <si>
     <t>#99 Brian Taylor - DT</t>
   </si>
   <si>
-    <t>#56 Ronnie Ayers - MLB</t>
+    <t>#51 Ronnie Ayers - RDE</t>
   </si>
   <si>
     <t>2:03</t>
   </si>
   <si>
     <t>CIN 35</t>
   </si>
   <si>
     <t>(2:04) 1-William Godfrey kicks 63 yards from CIN 35 to DAL 2. 88-Roger Firth to DAL 27 for 26 yards. Tackle by 92-Frank Pettie.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>1:59</t>
   </si>
   <si>
     <t>DAL 27</t>
   </si>
   <si>
     <t>1-10-DAL 27 (2:00) 2-Joey Bowers ran to DAL 34 for 8 yards. Tackle by 93-Christopher Soza.</t>
   </si>
@@ -1241,51 +1241,51 @@
   <si>
     <t>2-2-DAL 34 (1:21) 24-Adam Byler ran to DAL 25 for -9 yards. Tackle by 20-Jerry Smith.</t>
   </si>
   <si>
     <t>1:18</t>
   </si>
   <si>
     <t>Timeout CIN</t>
   </si>
   <si>
     <t>1:14</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>3-12-DAL 25 (1:15) 40-Albert Ponce ran to DAL 33 for 8 yards. Tackle by 20-Jerry Smith.</t>
   </si>
   <si>
     <t>0:30</t>
   </si>
   <si>
     <t>4-3-DAL 33 (0:29) 13-Pedro Mitchell punts 19 yards to CIN 48.</t>
   </si>
   <si>
-    <t>#13 Pedro Mitchell - K</t>
+    <t>#4 Pedro Mitchell - K</t>
   </si>
   <si>
     <t>0:21</t>
   </si>
   <si>
     <t>CIN 48</t>
   </si>
   <si>
     <t>1-10-CIN 48 (0:22) 9-Matthew Kiser pass complete to 40-George Hanson to DAL 45 for 7 yards. Pushed out of bounds by 49-Aron Roberts. Great move by 40-George Hanson to get free of his coverage.</t>
   </si>
   <si>
     <t>0:16</t>
   </si>
   <si>
     <t>DAL 45</t>
   </si>
   <si>
     <t>2-3-DAL 45 (0:17) 9-Matthew Kiser pass Pass knocked down by 55-Kevin Tapp. incomplete, intended for 23-Garret Tingle.</t>
   </si>
   <si>
     <t>0:13</t>
   </si>
   <si>
     <t>3-3-DAL 45 (0:14) 9-Matthew Kiser pass complete to 80-Stephan Wilson to DAL 37 for 8 yards. Tackle by 41-Charles Wotring.</t>
   </si>
@@ -1319,78 +1319,78 @@
   <si>
     <t>(15:00) 1-William Godfrey kicks 62 yards from CIN 35 to DAL 3. 88-Roger Firth to DAL 29 for 27 yards. Tackle by 93-Christopher Soza.</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>DAL 29</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>1-10-DAL 29 (14:56) 4-Patrick Camp pass complete to 44-Leroy Zimmerman to DAL 36 for 8 yards. Tackle by 90-Ramon Lopez.</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>DAL 36</t>
   </si>
   <si>
     <t>2-2-DAL 36 (14:16) 4-Patrick Camp pass Pass knocked down by 27-Paul Dixson. incomplete, intended for 85-Jeffrey Castillo.</t>
   </si>
   <si>
-    <t>#26 Ryan Clover - RB</t>
+    <t>#9 Ryan Clover - RB</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>3-2-DAL 36 (14:12) 2-Joey Bowers ran to DAL 32 for -5 yards. Tackle by 93-Christopher Soza.</t>
   </si>
   <si>
     <t>4-7-DAL 32 (13:33) 13-Pedro Mitchell punts 29 yards to CIN 39. Fair Catch by 40-George Hanson.</t>
   </si>
   <si>
     <t>CIN 39</t>
   </si>
   <si>
     <t>1-10-CIN 39 (13:27) 9-Matthew Kiser pass complete to 40-George Hanson to CIN 48 for 9 yards. Tackle by 33-William Honaker.</t>
   </si>
   <si>
     <t>12:46</t>
   </si>
   <si>
     <t>2-1-CIN 48 (12:45) 31-David Gentile ran to CIN 47 for -1 yards. Tackle by 95-Edward Ortiz. CIN 23-Garret Tingle was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#92 Mike Kline - MLB</t>
+    <t>#52 Mike Kline - MLB</t>
   </si>
   <si>
     <t>12:12</t>
   </si>
   <si>
     <t>3-2-CIN 47 (12:11) 9-Matthew Kiser pass complete to 10-Robert Johnson to DAL 19 for 34 yards.</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>1-10-DAL 19 (11:32) 31-David Gentile ran to DAL 11 for 8 yards. Tackle by 41-Charles Wotring. DAL 73-Wade Friese was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:53</t>
   </si>
   <si>
     <t>2-2-DAL 11 (10:52) 31-David Gentile ran to DAL 12 for -1 yards. Tackle by 92-Mike Kline. DAL 99-Brian Taylor was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:20</t>
   </si>
   <si>
     <t>DAL 12</t>
   </si>
@@ -2171,102 +2171,102 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="310.21" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>