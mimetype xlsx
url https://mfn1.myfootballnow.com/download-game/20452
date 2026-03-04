--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -350,93 +350,93 @@
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-DEN 25 (15:00) 12-Joshua Pursel pass complete to 84-Bobby Cantu to DEN 28 for 3 yards. Tackle by 20-Darryl Atkinson.</t>
   </si>
   <si>
     <t>#12 Joshua Pursel - QB</t>
   </si>
   <si>
     <t>#49 Kenneth McKay - RB</t>
   </si>
   <si>
     <t>#43 Neil Blair - FB</t>
   </si>
   <si>
     <t>#89 Richard Zamora - TE</t>
   </si>
   <si>
     <t>#84 Bobby Cantu - WR</t>
   </si>
   <si>
     <t>#71 Michael Blanch - LT</t>
   </si>
   <si>
-    <t>#63 Steven Schleicher - LG</t>
+    <t>#68 Steven Schleicher - LG</t>
   </si>
   <si>
     <t>#57 Loren Rivera - C</t>
   </si>
   <si>
     <t>#51 Arthur Bartholomew - RG</t>
   </si>
   <si>
     <t>#64 Craig Mund - RG</t>
   </si>
   <si>
     <t>#75 Don Cross - LDE</t>
   </si>
   <si>
     <t>#71 Marcus Behrens - DT</t>
   </si>
   <si>
     <t>#70 Michael Williams - DT</t>
   </si>
   <si>
     <t>#55 Dwight Hall - RDE</t>
   </si>
   <si>
-    <t>#48 Justin Hucks - MLB</t>
+    <t>#39 Justin Hucks - FS</t>
   </si>
   <si>
     <t>#99 Randall Rivera - MLB</t>
   </si>
   <si>
-    <t>#51 William Hillhouse - WLB</t>
-[...2 lines deleted...]
-    <t>#20 Darryl Atkinson - CB</t>
+    <t>#91 William Hillhouse - DT</t>
+  </si>
+  <si>
+    <t>#44 Darryl Atkinson - CB</t>
   </si>
   <si>
     <t>#47 Milton Wright - CB</t>
   </si>
   <si>
     <t>#49 James Fletcher - SS</t>
   </si>
   <si>
-    <t>#26 James Rae - CB</t>
+    <t>#53 James Rae - WLB</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>DEN 28</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>2-7-DEN 28 (14:25) 49-Kenneth McKay ran to DEN 28 for a short gain. Tackle by 71-Marcus Behrens.</t>
   </si>
   <si>
     <t>#35 Francis Escobedo - CB</t>
   </si>
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
@@ -455,270 +455,270 @@
   <si>
     <t>#62 Carlos Martinez - LG</t>
   </si>
   <si>
     <t>#77 Francisco Mimms - LDE</t>
   </si>
   <si>
     <t>13:12</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-DEN 28 (13:11) 1-Stuart King punts 44 yards to NED 27. Fair Catch by 18-Marshall Murphy.</t>
   </si>
   <si>
     <t>#1 Stuart King - P</t>
   </si>
   <si>
     <t>#59 Michael Lewis - C</t>
   </si>
   <si>
-    <t>#18 Marshall Murphy - WR</t>
+    <t>#89 Marshall Murphy - TE</t>
   </si>
   <si>
     <t>#69 Gerald Green - LT</t>
   </si>
   <si>
     <t>#68 Enrique Gaither - LT</t>
   </si>
   <si>
     <t>#95 Herbert Royal - DT</t>
   </si>
   <si>
     <t>#79 Michael Allan - RDE</t>
   </si>
   <si>
     <t>13:03</t>
   </si>
   <si>
     <t>NED 27</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-NED 27 (13:04) 33-Joseph Escamilla ran to NED 32 for 4 yards. Tackle by 48-Jason Sampley.</t>
   </si>
   <si>
     <t>#9 David Gram - QB</t>
   </si>
   <si>
-    <t>#23 William Byars - RB</t>
+    <t>#23 William Byars - WR</t>
   </si>
   <si>
     <t>#33 Joseph Escamilla - RB</t>
   </si>
   <si>
     <t>#2 Steven Beard - WR</t>
   </si>
   <si>
     <t>#18 Johnny Wells - WR</t>
   </si>
   <si>
     <t>#69 Kenny Burke - LT</t>
   </si>
   <si>
     <t>#62 Neil Lane - RG</t>
   </si>
   <si>
     <t>#58 James Absher - C</t>
   </si>
   <si>
-    <t>#63 Claude Nicholson - RG</t>
+    <t>#63 Claude Nicholson - LT</t>
   </si>
   <si>
     <t>#67 Ralph Watanabe - RT</t>
   </si>
   <si>
     <t>#72 Josiah Roemer - SLB</t>
   </si>
   <si>
-    <t>#78 Adam Servantes - RDE</t>
+    <t>#92 Adam Servantes - RDE</t>
   </si>
   <si>
     <t>#20 Chris Lucas - CB</t>
   </si>
   <si>
     <t>#35 Jack James - CB</t>
   </si>
   <si>
     <t>12:31</t>
   </si>
   <si>
     <t>NED 32</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>2-6-NED 32 (12:30) 9-David Gram pass complete to 18-Johnny Wells to NED 37 for 5 yards. Tackle by 20-Chris Lucas.</t>
   </si>
   <si>
     <t>11:54</t>
   </si>
   <si>
     <t>NED 37</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-1-NED 37 (11:53) 23-William Byars ran to NED 38 for 1 yards. Tackle by 78-Adam Servantes.</t>
   </si>
   <si>
-    <t>#32 Jimmie Cabrera - FB</t>
+    <t>#20 Jimmie Cabrera - FB</t>
   </si>
   <si>
     <t>#66 Christopher Hord - RT</t>
   </si>
   <si>
     <t>11:11</t>
   </si>
   <si>
     <t>NED 38</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-NED 38 (11:10) 9-David Gram pass complete to 84-Sean Haun to NED 43 for 5 yards. Tackle by 48-Jason Sampley.</t>
   </si>
   <si>
     <t>#85 Ronald Seery - TE</t>
   </si>
   <si>
-    <t>#84 Sean Haun - TE</t>
+    <t>#42 Sean Haun - FB</t>
   </si>
   <si>
     <t>10:30</t>
   </si>
   <si>
     <t>NED 43</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>2-5-NED 43 (10:29) 9-David Gram pass complete to 18-Marshall Murphy to NED 43 for a short gain. Tackle by 24-Zachery Obrien.</t>
   </si>
   <si>
     <t>9:57</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>3-5-NED 43 (9:56) 9-David Gram pass complete to 23-William Byars to DEN 44 for 12 yards. Tackle by 44-Roger Leonard.</t>
   </si>
   <si>
     <t>9:19</t>
   </si>
   <si>
     <t>DEN 44</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>1-10-DEN 44 (9:18) 9-David Gram pass complete to 14-Juan Freed to DEN 37 for 7 yards. Tackle by 56-Jeffery Patterson. DEN 78-Adam Servantes was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#14 Juan Freed - WR</t>
+    <t>#40 Juan Freed - FB</t>
   </si>
   <si>
     <t>8:41</t>
   </si>
   <si>
     <t>DEN 37</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-3-DEN 37 (8:40) 9-David Gram pass Pass knocked down by 35-Jack James. incomplete, intended for 2-Steven Beard.</t>
   </si>
   <si>
     <t>#94 Robert Harmon - DT</t>
   </si>
   <si>
     <t>8:36</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>3-3-DEN 37 (8:37) 23-William Byars ran to DEN 39 for -1 yards. Tackle by 43-Richard Smith.</t>
   </si>
   <si>
     <t>#88 John Smith - TE</t>
   </si>
   <si>
     <t>7:53</t>
   </si>
   <si>
     <t>DEN 39</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-DEN 39 (7:52) 3-Hugh Goldstein 56 yard field goal is NO GOOD. (Short) DEN 97-Mark Gothard was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#1 Jeremiah Jessup - P</t>
   </si>
   <si>
-    <t>#57 Jose Owens - C</t>
-[...2 lines deleted...]
-    <t>#64 Sean Smith - RG</t>
+    <t>#74 Jose Owens - LT</t>
+  </si>
+  <si>
+    <t>#64 Sean Smith - LG</t>
   </si>
   <si>
     <t>#39 Harold King - CB</t>
   </si>
   <si>
     <t>#42 Andrew Kim - MLB</t>
   </si>
   <si>
     <t>7:47</t>
   </si>
   <si>
     <t>DEN 46</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>1-10-DEN 46 (7:48) 12-Joshua Pursel pass complete to 84-Bobby Cantu to NED 46 for 8 yards. Tackle by 20-Darryl Atkinson.</t>
   </si>
   <si>
     <t>#85 Louis Meyer - WR</t>
   </si>
   <si>
     <t>#24 Clyde Boyd - CB</t>
   </si>
@@ -758,51 +758,51 @@
   <si>
     <t>5:48</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>3-12-NED 43 (5:49) 12-Joshua Pursel pass complete to 49-Kenneth McKay to NED 32 for 11 yards. Tackle by 26-James Rae. 49-Kenneth McKay made a great move on the CB.</t>
   </si>
   <si>
     <t>5:08</t>
   </si>
   <si>
     <t>4-1-NED 32 (5:07) 3-Kenneth Smith 49 yard field goal is GOOD. DEN 3 NED 0</t>
   </si>
   <si>
     <t>#10 Rudy Cothern - QB</t>
   </si>
   <si>
     <t>#3 Kenneth Smith - K</t>
   </si>
   <si>
     <t>#98 Phillip Merritt - MLB</t>
   </si>
   <si>
-    <t>#71 Vernon Smith - RDE</t>
+    <t>#52 Vernon Smith - LDE</t>
   </si>
   <si>
     <t>5:03</t>
   </si>
   <si>
     <t>DEN 35</t>
   </si>
   <si>
     <t>(5:04) 3-Kenneth Smith kicks 66 yards from DEN 35 to NED -1. Touchback.</t>
   </si>
   <si>
     <t>NED 25</t>
   </si>
   <si>
     <t>1-10-NED 25 (5:04) 9-David Gram sacked at NED 15 for -10 yards (76-Todd Horne). Sack allowed by 33-Joseph Escamilla.</t>
   </si>
   <si>
     <t>4:26</t>
   </si>
   <si>
     <t>NED 15</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
@@ -2166,91 +2166,91 @@
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">