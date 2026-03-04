--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -293,138 +293,138 @@
   <si>
     <t>SEA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-Donald Nash kicks 75 yards from SEA 35 to TEN -10. Touchback.</t>
   </si>
   <si>
     <t>#88 Eugene Simon - WR</t>
   </si>
   <si>
     <t>#50 Dan Romo - LDE</t>
   </si>
   <si>
     <t>#78 John Harris - LG</t>
   </si>
   <si>
     <t>#98 Alton Lowry - MLB</t>
   </si>
   <si>
-    <t>#48 Michael Monroe - CB</t>
+    <t>#27 Michael Monroe - CB</t>
   </si>
   <si>
     <t>#33 Kyle Chase - SS</t>
   </si>
   <si>
     <t>#7 Paul Thompson - FS</t>
   </si>
   <si>
     <t>#20 William Cottle - CB</t>
   </si>
   <si>
     <t>#27 Michael Baird - SS</t>
   </si>
   <si>
     <t>#95 David Fisher - WLB</t>
   </si>
   <si>
     <t>#23 Joseph Carlisle - CB</t>
   </si>
   <si>
     <t>#18 Donald Nash - K</t>
   </si>
   <si>
     <t>TEN</t>
   </si>
   <si>
     <t>TEN 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-TEN 25 (15:00) 11-Richard Casey pass Pass knocked down by 20-Marcus Lynch. incomplete, intended for 14-Gary Estrada.</t>
   </si>
   <si>
     <t>#11 Richard Casey - QB</t>
   </si>
   <si>
     <t>#22 Kevin Gilbert - RB</t>
   </si>
   <si>
-    <t>#43 Richard Moore - RB</t>
+    <t>#40 Richard Moore - RB</t>
   </si>
   <si>
     <t>#15 William Gonzalez - WR</t>
   </si>
   <si>
     <t>#14 Gary Estrada - WR</t>
   </si>
   <si>
     <t>#57 David Parker - LG</t>
   </si>
   <si>
     <t>#68 John Merriweather - C</t>
   </si>
   <si>
     <t>#74 Walter Reed - RG</t>
   </si>
   <si>
     <t>#52 Scott Ward - RT</t>
   </si>
   <si>
     <t>#63 David Roberts - LDE</t>
   </si>
   <si>
     <t>#95 Mark Hager - DT</t>
   </si>
   <si>
     <t>#74 Richard Goddard - DT</t>
   </si>
   <si>
     <t>#61 Lowell McCalla - RDE</t>
   </si>
   <si>
     <t>#57 James Reny - MLB</t>
   </si>
   <si>
-    <t>#96 Paul Burke - WLB</t>
+    <t>#55 Paul Burke - WLB</t>
   </si>
   <si>
     <t>#39 Jose Anderson - CB</t>
   </si>
   <si>
-    <t>#20 Marcus Lynch - CB</t>
+    <t>#27 Marcus Lynch - CB</t>
   </si>
   <si>
     <t>#34 Robert Desir - CB</t>
   </si>
   <si>
     <t>#22 Richard House - SS</t>
   </si>
   <si>
     <t>#40 Carl Jefcoat - FS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-10-TEN 25 (14:57) 11-Richard Casey pass complete to 14-Gary Estrada to TEN 29 for 4 yards. Tackle by 20-Marcus Lynch. Great move by 14-Gary Estrada to get free of his coverage.</t>
   </si>
   <si>
     <t>#97 Ron Main - SLB</t>
   </si>
@@ -464,114 +464,114 @@
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>TEN 32</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-TEN 32 (13:38) 8-Rick Deckard punts 50 yards to SEA 18. 15-Michael Gregg to SEA 18 for 0 yards. Tackle by 98-Alton Lowry.</t>
   </si>
   <si>
     <t>#8 Rick Deckard - P</t>
   </si>
   <si>
     <t>#79 William Powell - C</t>
   </si>
   <si>
     <t>#15 Michael Gregg - WR</t>
   </si>
   <si>
-    <t>#59 John Nickelson - MLB</t>
+    <t>#92 John Nickelson - MLB</t>
   </si>
   <si>
     <t>#73 Steven Booker - RT</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>SEA 18</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-SEA 18 (13:30) 10-Jonathan Olivarez pass complete to 89-Marcus Barron to SEA 22 for 4 yards. Tackle by 20-William Cottle. 89-Marcus Barron breaks down the CB.</t>
   </si>
   <si>
-    <t>#10 Jonathan Olivarez - QB</t>
+    <t>#12 Jonathan Olivarez - QB</t>
   </si>
   <si>
     <t>#28 James Moran - RB</t>
   </si>
   <si>
     <t>#23 Hollis Kropp - FB</t>
   </si>
   <si>
     <t>#85 Michael Mims - TE</t>
   </si>
   <si>
     <t>#89 Marcus Barron - WR</t>
   </si>
   <si>
     <t>#87 Reed Baker - WR</t>
   </si>
   <si>
     <t>#52 Stephen Quam - LT</t>
   </si>
   <si>
     <t>#70 Gary Starks - RG</t>
   </si>
   <si>
     <t>#51 Charles Santos - C</t>
   </si>
   <si>
     <t>#69 Keith Coppage - RG</t>
   </si>
   <si>
-    <t>#76 Spencer Womack - RT</t>
+    <t>#61 Spencer Womack - RG</t>
   </si>
   <si>
     <t>#93 Sean Bowen - DT</t>
   </si>
   <si>
     <t>#67 Paul Grace - DT</t>
   </si>
   <si>
     <t>#58 Lance Maxwell - RDE</t>
   </si>
   <si>
-    <t>#97 Joseph Klein - SLB</t>
+    <t>#96 Joseph Klein - SLB</t>
   </si>
   <si>
     <t>#55 Alonzo Myers - MLB</t>
   </si>
   <si>
     <t>#94 Alfonso Farnsworth - WLB</t>
   </si>
   <si>
     <t>#25 Robert Delmonte - FS</t>
   </si>
   <si>
     <t>12:46</t>
   </si>
   <si>
     <t>SEA 22</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>2-6-SEA 22 (12:45) 28-James Moran ran to SEA 24 for 2 yards. Tackle by 27-Michael Baird.</t>
   </si>
   <si>
     <t>12:03</t>
   </si>
@@ -878,51 +878,51 @@
   <si>
     <t>2:10</t>
   </si>
   <si>
     <t>SEA 2</t>
   </si>
   <si>
     <t>1-2-SEA 2 (2:11) 43-Richard Moore ran for 2 yards. TOUCHDOWN! TEN 6 SEA 0</t>
   </si>
   <si>
     <t>2:07</t>
   </si>
   <si>
     <t>SEA 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(2:08) Extra point GOOD by 3-Scott Hutchinson. TEN 7 SEA 0</t>
   </si>
   <si>
-    <t>#3 Scott Hutchinson - K</t>
+    <t>#9 Scott Hutchinson - K</t>
   </si>
   <si>
     <t>TEN 35</t>
   </si>
   <si>
     <t>(2:08) 3-Scott Hutchinson kicks 74 yards from TEN 35 to SEA -9. Touchback.</t>
   </si>
   <si>
     <t>SEA 25</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-SEA 25 (2:08) 10-Jonathan Olivarez pass complete to 87-Reed Baker to SEA 45 for 20 yards. Tackle by 48-Michael Monroe.</t>
   </si>
   <si>
     <t>1:26</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel Normal Cover 2</t>
   </si>