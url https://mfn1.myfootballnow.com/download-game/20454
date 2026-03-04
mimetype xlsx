--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -290,51 +290,51 @@
   <si>
     <t>SFO</t>
   </si>
   <si>
     <t>SFO 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 12-Edward Davis kicks 73 yards from SFO 35 to TBY -8. Touchback.</t>
   </si>
   <si>
     <t>#15 Erik Acord - WR</t>
   </si>
   <si>
     <t>#67 Carlos Medina - RT</t>
   </si>
   <si>
     <t>#96 John Jackson - DT</t>
   </si>
   <si>
-    <t>#32 Charlie Ramirez - FS</t>
+    <t>#26 Charlie Ramirez - FS</t>
   </si>
   <si>
     <t>#24 Robert Barton - CB</t>
   </si>
   <si>
     <t>#53 Anthony Sipple - MLB</t>
   </si>
   <si>
     <t>#18 Sean Byerly - WR</t>
   </si>
   <si>
     <t>#90 Darrell Toller - MLB</t>
   </si>
   <si>
     <t>#65 John Thomas - DT</t>
   </si>
   <si>
     <t>#23 Christian Chun - RB</t>
   </si>
   <si>
     <t>#62 Willie Walker - RDE</t>
   </si>
   <si>
     <t>#12 Edward Davis - K</t>
   </si>
@@ -386,51 +386,51 @@
   <si>
     <t>#97 Richard Taliaferro - DT</t>
   </si>
   <si>
     <t>#90 Amos Ong - RDE</t>
   </si>
   <si>
     <t>#54 Troy Nieto - MLB</t>
   </si>
   <si>
     <t>#52 Kyle Foote - WLB</t>
   </si>
   <si>
     <t>#21 Craig Sawyer - CB</t>
   </si>
   <si>
     <t>#45 Donald Reed - CB</t>
   </si>
   <si>
     <t>#40 Chester Bevan - FS</t>
   </si>
   <si>
     <t>#29 Casey Stephens - SS</t>
   </si>
   <si>
-    <t>#40 Kevin Rennie - FS</t>
+    <t>#49 Kevin Rennie - FS</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>TBY 27</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-8-TBY 27 (14:23) 23-Christian Chun ran to TBY 30 for 4 yards. Tackle by 54-Troy Nieto.</t>
   </si>
   <si>
     <t>#29 Rafael Jacobson - RB</t>
   </si>
   <si>
     <t>#44 Julio Alger - FB</t>
   </si>
   <si>
     <t>#86 Dewayne Raynor - TE</t>
   </si>
@@ -689,51 +689,51 @@
   <si>
     <t>SFO 14</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>3-9-SFO 14 (7:17) 23-Christian Chun ran to SFO 7 for 7 yards. Tackle by 45-Donald Reed. TBY 23-Christian Chun was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:38</t>
   </si>
   <si>
     <t>SFO 7</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-2-SFO 7 (6:37) 13-Thomas Bennett 25 yard field goal is GOOD. SFO 0 TBY 3</t>
   </si>
   <si>
-    <t>#13 Thomas Bennett - K</t>
+    <t>#7 Thomas Bennett - K</t>
   </si>
   <si>
     <t>6:34</t>
   </si>
   <si>
     <t>TBY 35</t>
   </si>
   <si>
     <t>(6:35) 13-Thomas Bennett kicks 74 yards from TBY 35 to SFO -9. Touchback.</t>
   </si>
   <si>
     <t>#35 Charles Martin - SS</t>
   </si>
   <si>
     <t>#94 Jeffrey Vannoy - DT</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-SFO 25 (6:35) 43-Randy Eckert ran to SFO 23 for -2 yards. Tackle by 96-Odell Smith.</t>
   </si>
@@ -2249,52 +2249,52 @@
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>