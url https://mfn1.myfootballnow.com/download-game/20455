--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -290,243 +290,243 @@
   <si>
     <t>ATL</t>
   </si>
   <si>
     <t>ATL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Stephen Figaro kicks 74 yards from ATL 35 to BUF -9. Touchback.</t>
   </si>
   <si>
     <t>#25 William McCall - RB</t>
   </si>
   <si>
     <t>#51 Richard Lollar - RDE</t>
   </si>
   <si>
     <t>#96 Daniel Rosas - DT</t>
   </si>
   <si>
-    <t>#42 John Dearborn - CB</t>
+    <t>#27 John Dearborn - CB</t>
   </si>
   <si>
     <t>#98 Shane Noe - WLB</t>
   </si>
   <si>
-    <t>#62 Bradley Booker - DT</t>
+    <t>#54 Bradley Booker - DT</t>
   </si>
   <si>
     <t>#22 Richard Lewis - CB</t>
   </si>
   <si>
     <t>#76 Jose Huffman - RDE</t>
   </si>
   <si>
-    <t>#53 Jack Harris - WLB</t>
+    <t>#43 Jack Harris - MLB</t>
   </si>
   <si>
     <t>#38 William Johnson - FS</t>
   </si>
   <si>
-    <t>#55 James Glade - MLB</t>
+    <t>#54 James Glade - MLB</t>
   </si>
   <si>
     <t>#9 Stephen Figaro - K</t>
   </si>
   <si>
     <t>BUF</t>
   </si>
   <si>
     <t>BUF 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-BUF 25 (15:00) 25-William McCall ran to BUF 29 for 4 yards. Tackle by 28-John Porter.</t>
   </si>
   <si>
     <t>#6 Terry Leiser - QB</t>
   </si>
   <si>
     <t>#85 Kurt Santana - TE</t>
   </si>
   <si>
-    <t>#82 Sean Taylor - WR</t>
+    <t>#19 Sean Taylor - WR</t>
   </si>
   <si>
     <t>#12 John Sargent - WR</t>
   </si>
   <si>
     <t>#19 Robert Mitchell - WR</t>
   </si>
   <si>
     <t>#65 Jerry Easterling - RT</t>
   </si>
   <si>
     <t>#75 Robert Crawford - LG</t>
   </si>
   <si>
     <t>#70 Ellis Escobedo - C</t>
   </si>
   <si>
     <t>#52 Wilfredo Vidal - RG</t>
   </si>
   <si>
     <t>#30 Douglas Jones - RT</t>
   </si>
   <si>
     <t>#94 Jose Scott - LDE</t>
   </si>
   <si>
     <t>#90 Ralph Garcia - DT</t>
   </si>
   <si>
     <t>#98 Chester Johnson - RDE</t>
   </si>
   <si>
     <t>#56 Rayford Russell - SLB</t>
   </si>
   <si>
-    <t>#59 James Taylor - MLB</t>
+    <t>#4 James Taylor - FS</t>
   </si>
   <si>
     <t>#95 Joseph Nunez - WLB</t>
   </si>
   <si>
     <t>#40 Justin Mizell - CB</t>
   </si>
   <si>
     <t>#28 John Porter - CB</t>
   </si>
   <si>
     <t>#34 Todd Brouwer - CB</t>
   </si>
   <si>
     <t>#2 Malcom Brown - SS</t>
   </si>
   <si>
     <t>#26 Robert Lamberton - FS</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>BUF 29</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-6-BUF 29 (14:23) 25-William McCall ran to BUF 28 for -2 yards. Tackle by 90-Ralph Garcia.</t>
   </si>
   <si>
-    <t>#41 John Tarrant - FB</t>
+    <t>#62 John Tarrant - RG</t>
   </si>
   <si>
     <t>#57 Jason Campbell - RG</t>
   </si>
   <si>
-    <t>#96 Michael Jacks - DT</t>
+    <t>#73 Michael Jacks - DT</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>BUF 28</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>3-7-BUF 28 (13:42) 6-Terry Leiser pass complete to 85-Kurt Santana to BUF 44 for 17 yards. Tackle by 26-Robert Lamberton.</t>
   </si>
   <si>
     <t>12:58</t>
   </si>
   <si>
     <t>BUF 44</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-BUF 44 (12:57) 6-Terry Leiser pass INTERCEPTED by 56-Rayford Russell at BUF 50. 56-Rayford Russell to BUF 49 for 1 yards. Tackle by 85-Kurt Santana. 28-John Porter got away with a hold on that play.</t>
   </si>
   <si>
     <t>#36 Raul Carter - RB</t>
   </si>
   <si>
-    <t>#92 Stephen Goble - LDE</t>
+    <t>#77 Stephen Goble - DT</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>BUF 49</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-BUF 49 (12:53) PENALTY - False Start (ATL 50-Brian Smith)</t>
   </si>
   <si>
     <t>#1 Rodney McRoberts - QB</t>
   </si>
   <si>
     <t>#47 Frank Upshaw - RB</t>
   </si>
   <si>
-    <t>#31 James Fitzpatrick - FB</t>
+    <t>#41 James Fitzpatrick - FB</t>
   </si>
   <si>
     <t>#81 Toby Gill - TE</t>
   </si>
   <si>
-    <t>#10 Elliot Stephenson - WR</t>
+    <t>#11 Elliot Stephenson - WR</t>
   </si>
   <si>
     <t>#82 Alfred Colvin - WR</t>
   </si>
   <si>
     <t>#63 Edward Collins - LT</t>
   </si>
   <si>
     <t>#50 Brian Smith - LG</t>
   </si>
   <si>
     <t>#78 Robert Williams - C</t>
   </si>
   <si>
     <t>#77 Jose Herrera - RG</t>
   </si>
   <si>
     <t>#65 Robert Heiden - RT</t>
   </si>
   <si>
     <t>#93 Edwin Quezada - SLB</t>
   </si>
   <si>
     <t>#97 Carl Shifflett - MLB</t>
   </si>
@@ -617,54 +617,54 @@
   <si>
     <t>10:08</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(10:09) Extra point GOOD by 9-Stephen Figaro. ATL 7 BUF 0</t>
   </si>
   <si>
     <t>#71 John Moylan - LT</t>
   </si>
   <si>
     <t>#83 Henry Allen - TE</t>
   </si>
   <si>
     <t>#58 John Starling - RG</t>
   </si>
   <si>
     <t>#54 Jimmie Robinson - RG</t>
   </si>
   <si>
-    <t>#58 Charlie Otis - MLB</t>
-[...2 lines deleted...]
-    <t>#90 Phillip Chandler - MLB</t>
+    <t>#91 Charlie Otis - MLB</t>
+  </si>
+  <si>
+    <t>#1 Phillip Chandler - SLB</t>
   </si>
   <si>
     <t>(10:09) 9-Stephen Figaro kicks 74 yards from ATL 35 to BUF -9. Touchback.</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Zone</t>
   </si>
   <si>
     <t>1-10-BUF 25 (10:09) 25-William McCall ran to BUF 37 for 12 yards. Tackle by 59-James Taylor. 12-John Sargent totally missed that block.</t>
   </si>
   <si>
     <t>9:30</t>
   </si>
   <si>
     <t>BUF 37</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>1-10-BUF 37 (9:29) 25-William McCall ran to BUF 47 for 11 yards. Tackle by 40-Justin Mizell. BUF 57-Jason Campbell was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -728,75 +728,75 @@
   <si>
     <t>2-8-ATL 38 (6:50) 6-Terry Leiser pass complete to 25-William McCall to ATL 33 for 5 yards. Tackle by 56-Rayford Russell.</t>
   </si>
   <si>
     <t>6:05</t>
   </si>
   <si>
     <t>ATL 33</t>
   </si>
   <si>
     <t>3-3-ATL 33 (6:04) 6-Terry Leiser pass complete to 36-Raul Carter to ATL 34 for -1 yards. Tackle by 56-Rayford Russell.</t>
   </si>
   <si>
     <t>5:20</t>
   </si>
   <si>
     <t>ATL 34</t>
   </si>
   <si>
     <t>4-4-ATL 34 (5:19) 7-Steven Levasseur 52 yard field goal is GOOD. ATL 7 BUF 3</t>
   </si>
   <si>
     <t>#7 Steven Levasseur - K</t>
   </si>
   <si>
-    <t>#50 Peter Keenan - RT</t>
+    <t>#50 Peter Keenan - RG</t>
   </si>
   <si>
     <t>#52 Jay Davis - WLB</t>
   </si>
   <si>
     <t>#51 Christopher Thorpe - WLB</t>
   </si>
   <si>
     <t>#43 Doug Boone - MLB</t>
   </si>
   <si>
     <t>#30 Jack Prescott - FS</t>
   </si>
   <si>
     <t>5:15</t>
   </si>
   <si>
     <t>BUF 35</t>
   </si>
   <si>
     <t>(5:16) 7-Steven Levasseur kicks 74 yards from BUF 35 to ATL -9. Touchback.</t>
   </si>
   <si>
-    <t>#99 Jimmy Deleon - MLB</t>
+    <t>#56 Jimmy Deleon - MLB</t>
   </si>
   <si>
     <t>#24 Jeffrey Oreilly - CB</t>
   </si>
   <si>
     <t>ATL 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-ATL 25 (5:16) 47-Frank Upshaw ran to ATL 24 for -1 yards. Tackle by 90-Jerome Neumann. BUF 22-Richard Lewis was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:42</t>
   </si>
   <si>
     <t>ATL 24</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
@@ -2227,96 +2227,96 @@
     <col min="12" max="12" width="281.788" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="37" max="37" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">