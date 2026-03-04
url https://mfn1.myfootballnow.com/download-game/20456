--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -287,63 +287,63 @@
   <si>
     <t>IND has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>JAX</t>
   </si>
   <si>
     <t>JAX 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 14-Thomas McFarland kicks 63 yards from JAX 35 to IND 2. 11-Lorenzo Davis to IND 25 for 23 yards. Tackle by 29-Kenneth Debusk.</t>
   </si>
   <si>
     <t>#11 Lorenzo Davis - WR</t>
   </si>
   <si>
     <t>#32 Jonathan Nicholson - FS</t>
   </si>
   <si>
-    <t>#1 Aaron Hower - FS</t>
+    <t>#42 Aaron Hower - FS</t>
   </si>
   <si>
     <t>#59 John Lee - MLB</t>
   </si>
   <si>
     <t>#29 Kelly Dozier - SS</t>
   </si>
   <si>
-    <t>#68 Darryl Leslie - DT</t>
-[...2 lines deleted...]
-    <t>#24 Michael Howe - SS</t>
+    <t>#67 Darryl Leslie - DT</t>
+  </si>
+  <si>
+    <t>#27 Michael Howe - SS</t>
   </si>
   <si>
     <t>#55 Monroe Legendre - MLB</t>
   </si>
   <si>
     <t>#91 Dale Benson - MLB</t>
   </si>
   <si>
     <t>#58 Eric Cruz - MLB</t>
   </si>
   <si>
     <t>#34 Richard Peeples - FS</t>
   </si>
   <si>
     <t>#14 Thomas McFarland - K</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>IND 25</t>
   </si>
@@ -356,171 +356,171 @@
   <si>
     <t>1-10-IND 25 (14:57) 6-Brady Durst pass complete to 20-Jeffry Douglas to IND 28 for 3 yards. Tackle by 94-Alfonso King. 20-Jeffry Douglas made a great move on the CB.</t>
   </si>
   <si>
     <t>#6 Brady Durst - QB</t>
   </si>
   <si>
     <t>#20 Jeffry Douglas - RB</t>
   </si>
   <si>
     <t>#87 Willie Collard - TE</t>
   </si>
   <si>
     <t>#80 Clement Ohara - WR</t>
   </si>
   <si>
     <t>#10 William Hollins - WR</t>
   </si>
   <si>
     <t>#14 Robert Patterson - WR</t>
   </si>
   <si>
     <t>#51 Michael Leblanc - RT</t>
   </si>
   <si>
-    <t>#64 Robert Gibson - LG</t>
+    <t>#73 Robert Gibson - LG</t>
   </si>
   <si>
     <t>#71 David Wright - C</t>
   </si>
   <si>
     <t>#75 Shane Conway - RG</t>
   </si>
   <si>
     <t>#66 Gregory Adams - RT</t>
   </si>
   <si>
     <t>#78 Terence Vogel - DT</t>
   </si>
   <si>
     <t>#53 Jeffrey Malinowski - DT</t>
   </si>
   <si>
     <t>#99 Michael Phipps - DT</t>
   </si>
   <si>
     <t>#92 Marcus Reisinger - LDE</t>
   </si>
   <si>
-    <t>#90 John Richards - SLB</t>
-[...8 lines deleted...]
-    <t>#33 Jeremy Smith - CB</t>
+    <t>#90 John Richards - LDE</t>
+  </si>
+  <si>
+    <t>#94 Alfonso King - DT</t>
+  </si>
+  <si>
+    <t>#95 John Noe - DT</t>
+  </si>
+  <si>
+    <t>#33 Jeremy Smith - DT</t>
   </si>
   <si>
     <t>#41 Michael Hopes - SS</t>
   </si>
   <si>
     <t>#20 William Coakley - SS</t>
   </si>
   <si>
-    <t>#46 Bryan Hutchins - FS</t>
+    <t>#46 Bryan Hutchins - DT</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
     <t>IND 28</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-7-IND 28 (14:10) 6-Brady Durst pass incomplete, intended for 87-Willie Collard.</t>
   </si>
   <si>
     <t>#46 James Reeves - FB</t>
   </si>
   <si>
     <t>#72 Truman Ojeda - C</t>
   </si>
   <si>
     <t>#69 Jay Oxley - LDE</t>
   </si>
   <si>
     <t>#70 Matthew Dragoo - DT</t>
   </si>
   <si>
     <t>#65 Keith Frazier - DT</t>
   </si>
   <si>
-    <t>#58 John Gray - RDE</t>
+    <t>#58 John Gray - LDE</t>
   </si>
   <si>
     <t>#52 Fernando Noe - MLB</t>
   </si>
   <si>
-    <t>#50 Robert Coker - WLB</t>
-[...5 lines deleted...]
-    <t>#27 John Putnam - CB</t>
+    <t>#50 Robert Coker - LDE</t>
+  </si>
+  <si>
+    <t>#29 Kenneth Debusk - DT</t>
+  </si>
+  <si>
+    <t>#27 John Putnam - DT</t>
   </si>
   <si>
     <t>14:07</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>3-7-IND 28 (14:08) 20-Jeffry Douglas ran to IND 25 for -3 yards. Tackle by 70-Matthew Dragoo. 71-David Wright was caught flat-footed on this play. 71-David Wright completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-IND 25 (13:33) 7-Gerald Brown punts 45 yards to JAX 30. 42-Jose Jordan to JAX 39 for 10 yards. Tackle by 55-Monroe Legendre.</t>
   </si>
   <si>
     <t>#7 Gerald Brown - P</t>
   </si>
   <si>
     <t>#42 Jose Jordan - RB</t>
   </si>
   <si>
-    <t>#75 Carl Villegas - RDE</t>
+    <t>#75 Carl Villegas - DT</t>
   </si>
   <si>
     <t>#52 Jorge Garces - RT</t>
   </si>
   <si>
     <t>13:24</t>
   </si>
   <si>
     <t>JAX 39</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-JAX 39 (13:25) 42-Jose Jordan ran to JAX 39 for a short loss. Tackle by 34-Richard Peeples.</t>
   </si>
   <si>
     <t>#15 Damian Barnett - QB</t>
   </si>
   <si>
     <t>#38 David McLaughlin - FB</t>
   </si>
@@ -587,51 +587,51 @@
   <si>
     <t>JAX 46</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>3-3-JAX 46 (11:59) 42-Jose Jordan ran to JAX 44 for -2 yards. Tackle by 50-Edward Colon.</t>
   </si>
   <si>
     <t>11:27</t>
   </si>
   <si>
     <t>JAX 44</t>
   </si>
   <si>
     <t>4-6-JAX 44 (11:26) 6-Jerome Shearer punts 41 yards to IND 16.</t>
   </si>
   <si>
     <t>#6 Jerome Shearer - P</t>
   </si>
   <si>
     <t>#89 Thomas Valverde - WR</t>
   </si>
   <si>
-    <t>#84 John Gross - TE</t>
+    <t>#84 John Gross - FB</t>
   </si>
   <si>
     <t>#60 Austin Shaw - RT</t>
   </si>
   <si>
     <t>11:16</t>
   </si>
   <si>
     <t>IND 16</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-IND 16 (11:17) 6-Brady Durst pass Pass knocked down by 90-John Richards. incomplete, intended for 20-Jeffry Douglas.</t>
   </si>
   <si>
     <t>#21 Jewel Leger - RB</t>
   </si>
   <si>
     <t>11:13</t>
   </si>
@@ -683,51 +683,51 @@
   <si>
     <t>9:36</t>
   </si>
   <si>
     <t>Singleback Normal PA Rollout</t>
   </si>
   <si>
     <t>2-10-JAX 41 (9:37) 15-Damian Barnett pass complete to 89-Paul Melville to JAX 47 for 6 yards. Tackle by 91-Dale Benson. JAX 68-Dennis Hines was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:52</t>
   </si>
   <si>
     <t>JAX 47</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-4-JAX 47 (8:51) 15-Damian Barnett pass complete to 85-Dennis Holder to IND 46 for 8 yards. Tackle by 1-Aaron Hower.</t>
   </si>
   <si>
-    <t>#80 Larry Hunter - LT</t>
+    <t>#54 Larry Hunter - LG</t>
   </si>
   <si>
     <t>8:13</t>
   </si>
   <si>
     <t>IND 46</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>1-10-IND 46 (8:12) 42-Jose Jordan ran to IND 38 for 8 yards. Tackle by 24-Michael Howe.</t>
   </si>
   <si>
     <t>7:31</t>
   </si>
   <si>
     <t>IND 38</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
@@ -809,51 +809,51 @@
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(4:51) Extra point GOOD by 14-Thomas McFarland. IND 0 JAX 7</t>
   </si>
   <si>
     <t>#2 Raymond Evans - P</t>
   </si>
   <si>
     <t>#93 Rodolfo Colson - SLB</t>
   </si>
   <si>
     <t>#92 John Cyr - RDE</t>
   </si>
   <si>
     <t>(4:51) 14-Thomas McFarland kicks 71 yards from JAX 35 to IND -6. Touchback.</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-IND 25 (4:51) 20-Jeffry Douglas ran to IND 25 for a short gain. Tackle by 50-Robert Coker.</t>
   </si>
   <si>
-    <t>#85 Brian Maag - TE</t>
+    <t>#89 Brian Maag - TE</t>
   </si>
   <si>
     <t>4:08</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>2-10-IND 25 (4:07) 6-Brady Durst sacked at IND 17 for -8 yards (70-Matthew Dragoo). Sack allowed by 71-David Wright. JAX 50-Robert Coker was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:25</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>3-18-IND 17 (3:24) 6-Brady Durst sacked at IND 8 for -10 yards (69-Jay Oxley). Sack allowed by 66-Gregory Adams. 6-Brady Durst FUMBLES (69-Jay Oxley) recovered by JAX-69-Jay Oxley to IND 3 for 2 yards.</t>
   </si>
   <si>
     <t>3:18</t>
   </si>
   <si>
     <t>IND 3</t>
   </si>
@@ -1256,51 +1256,51 @@
   <si>
     <t>1:20</t>
   </si>
   <si>
     <t>JAX 49</t>
   </si>
   <si>
     <t>2-7-JAX 49 (1:19) 6-Brady Durst pass complete to 10-William Hollins to JAX 47 for 2 yards. Tackle by 46-Bryan Hutchins. Great move by 10-William Hollins to get free of his coverage.</t>
   </si>
   <si>
     <t>1:00</t>
   </si>
   <si>
     <t>3-5-JAX 47 (0:59) 6-Brady Durst pass complete to 87-Willie Collard to JAX 39 for 8 yards. Tackle by 46-Bryan Hutchins. JAX 78-Terence Vogel was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:41</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>1-10-JAX 39 (0:40) 6-Brady Durst pass complete to 87-Willie Collard to JAX 31 for 8 yards. Tackle by 29-Kenneth Debusk. 87-Willie Collard breaks down the CB.</t>
   </si>
   <si>
-    <t>#91 Michael McDowell - SLB</t>
+    <t>#91 Michael McDowell - DT</t>
   </si>
   <si>
     <t>0:05</t>
   </si>
   <si>
     <t>2-2-JAX 31 (0:04) 16-William Abraham 49 yard field goal is GOOD. IND 3 JAX 17</t>
   </si>
   <si>
     <t>#16 William Abraham - K</t>
   </si>
   <si>
     <t>0:01</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 16-William Abraham kicks 75 yards from IND 35 to JAX -10. Touchback.</t>
   </si>
   <si>
     <t>JAX 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
@@ -2262,71 +2262,71 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="405.758" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="35.277" bestFit="true" customWidth="true" style="0"/>