--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>HOU has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>LOS</t>
   </si>
   <si>
     <t>LOS 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 13-Bobby Montez kicks 74 yards from LOS 35 to HOU -9. Touchback.</t>
   </si>
   <si>
-    <t>#40 Eugene Andersen - FB</t>
+    <t>#34 Eugene Andersen - FB</t>
   </si>
   <si>
     <t>#36 Edward Samuel - RB</t>
   </si>
   <si>
     <t>#75 David Powell - LDE</t>
   </si>
   <si>
     <t>#96 Howard Dark - RDE</t>
   </si>
   <si>
     <t>#27 Stephen Martin - FS</t>
   </si>
   <si>
     <t>#25 Patrick Chavez - CB</t>
   </si>
   <si>
     <t>#23 Odis Stroud - CB</t>
   </si>
   <si>
     <t>#38 Jacob Hoffman - SS</t>
   </si>
   <si>
     <t>#29 Carlos Hanks - CB</t>
   </si>
@@ -335,60 +335,60 @@
   <si>
     <t>#47 Tristan Herman - SS</t>
   </si>
   <si>
     <t>#13 Bobby Montez - K</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Wide Line</t>
   </si>
   <si>
     <t>1-10-HOU 25 (15:00) 36-Edward Samuel ran to HOU 37 for 12 yards. Tackle by 1-Floyd Roussel.</t>
   </si>
   <si>
     <t>#5 Howard Ahmad - QB</t>
   </si>
   <si>
-    <t>#44 David Ambrose - FB</t>
+    <t>#43 David Ambrose - FB</t>
   </si>
   <si>
     <t>#87 Anthony Ulrich - TE</t>
   </si>
   <si>
     <t>#15 Ernest Steele - WR</t>
   </si>
   <si>
-    <t>#17 Todd Ayers - WR</t>
+    <t>#87 Todd Ayers - WR</t>
   </si>
   <si>
     <t>#76 Tom Denson - LT</t>
   </si>
   <si>
     <t>#64 Paul Crandell - LG</t>
   </si>
   <si>
     <t>#60 Gerald Johnson - C</t>
   </si>
   <si>
     <t>#65 Clifford Battin - RG</t>
   </si>
   <si>
     <t>#72 Vincent Jolly - RT</t>
   </si>
   <si>
     <t>#57 Joel Gray - LDE</t>
   </si>
   <si>
     <t>#98 Steve Scherr - DT</t>
   </si>
   <si>
     <t>#54 Robert Weissinger - DT</t>
   </si>
@@ -449,51 +449,51 @@
   <si>
     <t>#20 Frank Despres - CB</t>
   </si>
   <si>
     <t>#31 Donald Butts - CB</t>
   </si>
   <si>
     <t>#46 John Wallace - WLB</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>LOS 42</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-LOS 42 (13:28) 40-Eugene Andersen ran to LOS 39 for 3 yards. Tackle by 52-William Smith.</t>
   </si>
   <si>
-    <t>#83 Stevie Manning - TE</t>
+    <t>#80 Stevie Manning - TE</t>
   </si>
   <si>
     <t>#50 Bob Parsons - LDE</t>
   </si>
   <si>
     <t>#30 Charles Houston - SS</t>
   </si>
   <si>
     <t>12:44</t>
   </si>
   <si>
     <t>LOS 39</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Quarter Normal CB5 MLB Blitz</t>
   </si>
   <si>
     <t>2-7-LOS 39 (12:43) 40-Eugene Andersen ran to LOS 30 for 8 yards. Tackle by 46-John Wallace.</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
@@ -530,90 +530,90 @@
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-9-LOS 29 (11:29) 5-Howard Ahmad pass INTERCEPTED by 28-Matthew Jones at LOS 21. 28-Matthew Jones to LOS 27 for 6 yards. Tackle by 5-Howard Ahmad.</t>
   </si>
   <si>
     <t>11:22</t>
   </si>
   <si>
     <t>LOS 27</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-LOS 27 (11:23) 40-Leonard Marshall ran to LOS 38 for 11 yards. Tackle by 47-Tristan Herman.</t>
   </si>
   <si>
     <t>#3 Earnest Dean - QB</t>
   </si>
   <si>
-    <t>#44 Roosevelt Bonilla - RB</t>
-[...5 lines deleted...]
-    <t>#83 Rene Diaz - WR</t>
+    <t>#35 Roosevelt Bonilla - RB</t>
+  </si>
+  <si>
+    <t>#27 Leonard Marshall - RB</t>
+  </si>
+  <si>
+    <t>#16 Rene Diaz - WR</t>
   </si>
   <si>
     <t>#18 Darrell Agee - WR</t>
   </si>
   <si>
     <t>#15 John Flanagan - WR</t>
   </si>
   <si>
     <t>#53 Charles Beckham - LT</t>
   </si>
   <si>
     <t>#24 Raymond Miller - LG</t>
   </si>
   <si>
     <t>#59 Justin Billings - C</t>
   </si>
   <si>
     <t>#77 Frederick Tope - RG</t>
   </si>
   <si>
     <t>#60 Bryant Holliday - RT</t>
   </si>
   <si>
     <t>#95 Vernon Bang - DT</t>
   </si>
   <si>
     <t>#78 Donald Nation - DT</t>
   </si>
   <si>
     <t>#53 Roger Price - MLB</t>
   </si>
   <si>
-    <t>#51 Andrew Turner - WLB</t>
+    <t>#41 Andrew Turner - WLB</t>
   </si>
   <si>
     <t>10:38</t>
   </si>
   <si>
     <t>LOS 38</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-LOS 38 (10:37) 3-Earnest Dean pass complete to 82-Anthony Knowles to HOU 45 for 16 yards. Tackle by 47-Tristan Herman.</t>
   </si>
   <si>
     <t>#84 Hector Martin - TE</t>
   </si>
   <si>
     <t>#82 Anthony Knowles - TE</t>
   </si>
   <si>
     <t>#50 Gus Cate - SLB</t>
   </si>
@@ -746,51 +746,51 @@
   <si>
     <t>HOU 32</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-HOU 32 (6:54) 36-Edward Samuel ran to HOU 33 for 1 yards. Tackle by 98-Steve Scherr. HOU 72-Vincent Jolly was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:11</t>
   </si>
   <si>
     <t>HOU 33</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle Deep Man</t>
   </si>
   <si>
     <t>2-9-HOU 33 (6:10) 5-Howard Ahmad pass complete to 15-Ernest Steele to HOU 35 for 2 yards. Tackle by 28-Matthew Jones. LOS 57-Joel Gray was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#73 David Ross - RT</t>
+    <t>#70 David Ross - RT</t>
   </si>
   <si>
     <t>5:26</t>
   </si>
   <si>
     <t>HOU 35</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Normal Cover 2</t>
   </si>
   <si>
     <t>3-7-HOU 35 (5:25) 5-Howard Ahmad sacked at HOU 26 for -9 yards (98-Steve Scherr). Sack allowed by 65-Clifford Battin. 65-Clifford Battin was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>4:52</t>
   </si>
   <si>
     <t>HOU 26</t>
   </si>
   <si>
     <t>4-16-HOU 26 (4:51) 14-Mathew Steffens punts 42 yards to LOS 31. Fair Catch by 15-John Flanagan.</t>
   </si>
@@ -923,51 +923,51 @@
   <si>
     <t>2-11-LOS 26 (0:51) 5-Howard Ahmad pass Pass knocked down by 57-Joel Gray. incomplete, intended for 36-Edward Samuel.</t>
   </si>
   <si>
     <t>0:48</t>
   </si>
   <si>
     <t>3-11-LOS 26 (0:49) 36-Edward Samuel ran to LOS 27 for -1 yards. Tackle by 50-Bob Parsons.</t>
   </si>
   <si>
     <t>0:16</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-12-LOS 27 (0:15) 19-Robert Davis 45 yard field goal is GOOD. HOU 3 LOS 0</t>
   </si>
   <si>
     <t>#19 Robert Davis - K</t>
   </si>
   <si>
-    <t>#74 Frank McRoy - LT</t>
+    <t>#77 Frank McRoy - LT</t>
   </si>
   <si>
     <t>#51 Jonathan Jay - SLB</t>
   </si>
   <si>
     <t>#69 Omer Moore - DT</t>
   </si>
   <si>
     <t>0:11</t>
   </si>
   <si>
     <t>(0:12) 19-Robert Davis kicks 69 yards from HOU 35 to LOS -4. Touchback.</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-LOS 25 (0:12) (Hot Read) 3-Earnest Dean pass complete to 82-Anthony Knowles to LOS 32 for 7 yards. Tackle by 47-Tristan Herman. Pressure by 51-Andrew Turner.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
@@ -1007,51 +1007,51 @@
   <si>
     <t>HOU 41</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>3-2-HOU 41 (13:03) 3-Earnest Dean pass complete to 44-Roosevelt Bonilla to HOU 33 for 8 yards. Tackle by 51-Andrew Turner. PENALTY - Unnecessary Roughness (HOU 51-Andrew Turner)</t>
   </si>
   <si>
     <t>12:58</t>
   </si>
   <si>
     <t>HOU 18</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-HOU 18 (12:59) 41-John Medley ran to HOU 10 for 7 yards. Tackle by 51-Andrew Turner.</t>
   </si>
   <si>
     <t>#49 William Howard - MLB</t>
   </si>
   <si>
-    <t>#41 Chester Highsmith - CB</t>
+    <t>#21 Chester Highsmith - CB</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>HOU 10</t>
   </si>
   <si>
     <t>2-3-HOU 10 (12:20) 3-Earnest Dean pass complete to 87-Karl Henderson to HOU 5 for 5 yards. Tackle by 25-Patrick Chavez.</t>
   </si>
   <si>
     <t>11:44</t>
   </si>
   <si>
     <t>HOU 5</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-5-HOU 5 (11:43) 3-Earnest Dean pass complete to 82-Anthony Knowles for 5 yards. TOUCHDOWN! Nice job by 82-Anthony Knowles on that route to lose his coverage. HOU 3 LOS 6</t>
   </si>
@@ -1184,51 +1184,51 @@
   <si>
     <t>6:01</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-15-LOS 38 (6:02) 3-Earnest Dean ran to LOS 45 for 7 yards. Tackle by 53-Roger Price.</t>
   </si>
   <si>
     <t>5:16</t>
   </si>
   <si>
     <t>2-8-LOS 45 (5:15) 3-Earnest Dean pass complete to 40-Leonard Marshall to HOU 50 for 6 yards. Tackle by 25-Patrick Chavez.</t>
   </si>
   <si>
     <t>4:35</t>
   </si>
   <si>
     <t>HOU 50</t>
   </si>
   <si>
     <t>3-2-HOU 50 (4:34) 44-Roosevelt Bonilla ran to HOU 49 for a short gain. Tackle by 43-Kermit Price. PENALTY - Facemask (HOU 96-Howard Dark)</t>
   </si>
   <si>
-    <t>#43 Kermit Price - FS</t>
+    <t>#37 Kermit Price - CB</t>
   </si>
   <si>
     <t>4:30</t>
   </si>
   <si>
     <t>HOU 34</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>1-10-HOU 34 (4:31) 44-Roosevelt Bonilla ran to HOU 36 for -2 yards. Tackle by 77-John Allen.</t>
   </si>
   <si>
     <t>3:52</t>
   </si>
   <si>
     <t>HOU 36</t>
   </si>
   <si>
     <t>2-12-HOU 36 (3:51) 44-Roosevelt Bonilla ran to HOU 39 for -3 yards. Tackle by 23-Odis Stroud.</t>
   </si>
   <si>
     <t>3:14</t>
   </si>