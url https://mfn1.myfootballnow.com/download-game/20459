--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -305,120 +305,120 @@
   <si>
     <t>#19 Floyd Treat - WR</t>
   </si>
   <si>
     <t>#23 Kenneth Well - CB</t>
   </si>
   <si>
     <t>#18 Douglas Williams - WR</t>
   </si>
   <si>
     <t>#26 Charles Wells - CB</t>
   </si>
   <si>
     <t>#35 John Reynolds - SS</t>
   </si>
   <si>
     <t>#50 Curt Price - MLB</t>
   </si>
   <si>
     <t>#24 Harold Harrison - CB</t>
   </si>
   <si>
     <t>#92 Edward Butler - MLB</t>
   </si>
   <si>
-    <t>#78 Norman Pettaway - RDE</t>
+    <t>#90 Norman Pettaway - DT</t>
   </si>
   <si>
     <t>#27 Gary Morse - CB</t>
   </si>
   <si>
     <t>#79 Philip Cottrell - RDE</t>
   </si>
   <si>
     <t>#3 Kenneth Smith - K</t>
   </si>
   <si>
     <t>OAK</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>OAK 30</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-OAK 30 (14:55) 18-John Wade pass complete to 31-Gerald Hanes to OAK 33 for 2 yards. Tackle by 20-Chris Lucas.</t>
   </si>
   <si>
-    <t>#18 John Wade - QB</t>
-[...2 lines deleted...]
-    <t>#31 Gerald Hanes - RB</t>
+    <t>#13 John Wade - QB</t>
+  </si>
+  <si>
+    <t>#34 Gerald Hanes - RB</t>
   </si>
   <si>
     <t>#33 Steven Zimmerman - FB</t>
   </si>
   <si>
     <t>#88 Mark Velez - TE</t>
   </si>
   <si>
     <t>#83 Larry Santos - WR</t>
   </si>
   <si>
     <t>#10 Kenneth Nale - WR</t>
   </si>
   <si>
     <t>#74 Lyndon Drake - RG</t>
   </si>
   <si>
     <t>#60 John Wright - LG</t>
   </si>
   <si>
     <t>#57 Donald Wolfe - C</t>
   </si>
   <si>
     <t>#56 Henry Musgrove - LG</t>
   </si>
   <si>
     <t>#67 Peter Check - RT</t>
   </si>
   <si>
     <t>#79 Harold Stirling - LDE</t>
   </si>
   <si>
     <t>#97 Mark Gothard - DT</t>
   </si>
   <si>
-    <t>#78 Adam Servantes - RDE</t>
+    <t>#92 Adam Servantes - RDE</t>
   </si>
   <si>
     <t>#75 Timothy Rowe - RDE</t>
   </si>
   <si>
     <t>#56 Jeffery Patterson - SLB</t>
   </si>
   <si>
     <t>#44 Roger Leonard - MLB</t>
   </si>
   <si>
     <t>#43 Richard Smith - WLB</t>
   </si>
   <si>
     <t>#24 Zachery Obrien - CB</t>
   </si>
   <si>
     <t>#20 Chris Lucas - CB</t>
   </si>
   <si>
     <t>#48 Jason Sampley - SS</t>
   </si>
   <si>
     <t>#37 Robert James - FS</t>
   </si>
@@ -455,51 +455,51 @@
   <si>
     <t>#53 Ray Dahl - RT</t>
   </si>
   <si>
     <t>13:28</t>
   </si>
   <si>
     <t>Timeout OAK</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>OAK 49</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-2-OAK 49 (13:01) 31-Gerald Hanes ran to DEN 46 for 5 yards. Tackle by 20-Chris Lucas.</t>
   </si>
   <si>
-    <t>#32 Merle Pace - RB</t>
+    <t>#32 Merle Pace - WR</t>
   </si>
   <si>
     <t>#89 Frank Jones - TE</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>DEN 46</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 3 Deep MLB Blitz</t>
   </si>
   <si>
     <t>1-10-DEN 46 (12:18) 31-Gerald Hanes ran to DEN 45 for 1 yards. Tackle by 44-Roger Leonard.</t>
   </si>
   <si>
     <t>#35 Jack James - CB</t>
   </si>
   <si>
     <t>11:40</t>
   </si>
@@ -572,51 +572,51 @@
   <si>
     <t>DEN 20</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-2-DEN 20 (9:28) 15-Robert Johnson 38 yard field goal is GOOD. OAK 67-Peter Check was injured on the play. He looks like he should be able to return. DEN 0 OAK 3</t>
   </si>
   <si>
     <t>#14 John Toro - QB</t>
   </si>
   <si>
     <t>#15 Robert Johnson - K</t>
   </si>
   <si>
     <t>#71 Blaine Malmberg - DT</t>
   </si>
   <si>
     <t>#58 Rickey Cagle - C</t>
   </si>
   <si>
-    <t>#62 Mike Cunha - LG</t>
+    <t>#66 Mike Cunha - LG</t>
   </si>
   <si>
     <t>#39 Harold King - CB</t>
   </si>
   <si>
     <t>#94 Robert Harmon - DT</t>
   </si>
   <si>
     <t>#76 Todd Horne - RDE</t>
   </si>
   <si>
     <t>9:24</t>
   </si>
   <si>
     <t>OAK 35</t>
   </si>
   <si>
     <t>(9:25) 15-Robert Johnson kicks 73 yards from OAK 35 to DEN -8. Touchback.</t>
   </si>
   <si>
     <t>#19 Francis Adams - WR</t>
   </si>
   <si>
     <t>#21 Marvin Bowman - CB</t>
   </si>
@@ -632,75 +632,75 @@
   <si>
     <t>1-10-DEN 25 (9:25) 12-Joshua Pursel pass complete to 89-Richard Zamora to DEN 31 for 6 yards. Tackle by 28-Donald Lincoln.</t>
   </si>
   <si>
     <t>#12 Joshua Pursel - QB</t>
   </si>
   <si>
     <t>#27 Harold Hansen - RB</t>
   </si>
   <si>
     <t>#42 Harold Flores - RB</t>
   </si>
   <si>
     <t>#43 Neil Blair - FB</t>
   </si>
   <si>
     <t>#89 Richard Zamora - TE</t>
   </si>
   <si>
     <t>#84 Bobby Cantu - WR</t>
   </si>
   <si>
     <t>#68 Enrique Gaither - LT</t>
   </si>
   <si>
-    <t>#63 Steven Schleicher - LG</t>
+    <t>#68 Steven Schleicher - LG</t>
   </si>
   <si>
     <t>#57 Loren Rivera - C</t>
   </si>
   <si>
     <t>#64 Craig Mund - RG</t>
   </si>
   <si>
     <t>#71 Michael Blanch - LT</t>
   </si>
   <si>
     <t>#94 Eric Schmitt - LDE</t>
   </si>
   <si>
     <t>#91 Robert Long - LDE</t>
   </si>
   <si>
-    <t>#72 James Patton - DT</t>
-[...5 lines deleted...]
-    <t>#48 Robert Carter - SLB</t>
+    <t>#65 James Patton - DT</t>
+  </si>
+  <si>
+    <t>#70 Clayton Brown - DT</t>
+  </si>
+  <si>
+    <t>#2 Robert Carter - WLB</t>
   </si>
   <si>
     <t>#45 William Donnelly - WLB</t>
   </si>
   <si>
     <t>#28 Donald Lincoln - CB</t>
   </si>
   <si>
     <t>8:41</t>
   </si>
   <si>
     <t>DEN 31</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>2-4-DEN 31 (8:40) 27-Harold Hansen ran to DEN 34 for 3 yards. Tackle by 73-Clayton Brown.</t>
   </si>
   <si>
     <t>#86 Ryan Odell - TE</t>
   </si>
@@ -1079,51 +1079,51 @@
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>3-5-OAK 44 (8:25) 18-John Wade pass complete to 32-Merle Pace to OAK 47 for 3 yards. Tackle by 35-Jack James.</t>
   </si>
   <si>
     <t>7:43</t>
   </si>
   <si>
     <t>4-2-OAK 47 (7:42) 6-Jackie Davis punts 51 yards to DEN 2.</t>
   </si>
   <si>
     <t>7:31</t>
   </si>
   <si>
     <t>DEN 2</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>1-10-DEN 2 (7:32) 12-Joshua Pursel pass complete to 19-Francis Adams to DEN 11 for 9 yards. Tackle by 49-Coleman Cooper. DEN 85-Louis Meyer was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#43 Lawrence Judd - MLB</t>
+    <t>#43 Lawrence Judd - SLB</t>
   </si>
   <si>
     <t>6:47</t>
   </si>
   <si>
     <t>DEN 11</t>
   </si>
   <si>
     <t>Split Backs Normal Weak Pitch Sweep</t>
   </si>
   <si>
     <t>2-1-DEN 11 (6:46) 42-Harold Flores ran to DEN 14 for 3 yards. Tackle by 45-William Donnelly.</t>
   </si>
   <si>
     <t>6:01</t>
   </si>
   <si>
     <t>DEN 14</t>
   </si>
   <si>
     <t>1-10-DEN 14 (6:00) 27-Harold Hansen ran to DEN 15 for 2 yards. Tackle by 71-Blaine Malmberg.</t>
   </si>
   <si>
     <t>5:18</t>
   </si>
@@ -2135,74 +2135,74 @@
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="248.796" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>