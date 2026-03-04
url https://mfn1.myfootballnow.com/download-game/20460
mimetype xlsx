--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -293,72 +293,72 @@
   <si>
     <t>PHI 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 10-Mark Graham kicks 64 yards from PHI 35 to BAL 1. 18-Marvin Allen to BAL 26 for 25 yards. Tackle by 42-Fred Rice. 29-Adam Moore totally missed that block.</t>
   </si>
   <si>
     <t>#18 Marvin Allen - WR</t>
   </si>
   <si>
     <t>#98 Long Whaley - LDE</t>
   </si>
   <si>
     <t>#99 William Myrick - SLB</t>
   </si>
   <si>
     <t>#66 Andrew Bouton - RDE</t>
   </si>
   <si>
-    <t>#49 Louie Long - CB</t>
+    <t>#39 Louie Long - CB</t>
   </si>
   <si>
     <t>#92 Kyle Koch - MLB</t>
   </si>
   <si>
     <t>#37 William Ong - FS</t>
   </si>
   <si>
     <t>#90 Matthew Gatewood - DT</t>
   </si>
   <si>
     <t>#95 Manuel Jaramillo - SLB</t>
   </si>
   <si>
     <t>#58 Justin Norris - WLB</t>
   </si>
   <si>
     <t>#29 Adam Moore - CB</t>
   </si>
   <si>
-    <t>#10 Mark Graham - K</t>
+    <t>#13 Mark Graham - K</t>
   </si>
   <si>
     <t>BAL</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>BAL 26</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-BAL 26 (14:57) 16-Ronnie Pepin pass INTERCEPTED by 39-Robert Credle at BAL 33. 39-Robert Credle to BAL 31 for 2 yards. Tackle by 86-William Love. 29-Ernest Sievert was completely beat on that play.</t>
   </si>
   <si>
     <t>#16 Ronnie Pepin - QB</t>
   </si>
   <si>
     <t>#46 Christopher Tyson - RB</t>
   </si>
@@ -446,54 +446,54 @@
   <si>
     <t>#82 John Vickers - TE</t>
   </si>
   <si>
     <t>#81 Aaron Williams - WR</t>
   </si>
   <si>
     <t>#15 Cody Schmidt - WR</t>
   </si>
   <si>
     <t>#85 Enrique Jones - WR</t>
   </si>
   <si>
     <t>#67 Curtis Davis - RT</t>
   </si>
   <si>
     <t>#51 Nelson Devore - RG</t>
   </si>
   <si>
     <t>#53 Thomas Moore - C</t>
   </si>
   <si>
     <t>#70 Clinton Kaczor - RG</t>
   </si>
   <si>
-    <t>#77 Douglas Landry - RT</t>
-[...2 lines deleted...]
-    <t>#70 Emil Demoss - DT</t>
+    <t>#67 Douglas Landry - RT</t>
+  </si>
+  <si>
+    <t>#79 Emil Demoss - DT</t>
   </si>
   <si>
     <t>#35 Robert Beers - CB</t>
   </si>
   <si>
     <t>#36 William Jacobs - SS</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
     <t>BAL 30</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>2-9-BAL 30 (14:10) 47-Timothy Villarreal ran to BAL 30 for a short loss. Tackle by 66-Andrew Bouton.</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
@@ -503,51 +503,51 @@
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>3-9-BAL 30 (13:32) 14-Jason Nevels pass complete to 47-Timothy Villarreal to BAL 22 for 8 yards. Tackle by 49-Louie Long.</t>
   </si>
   <si>
     <t>#25 James Donovan - FB</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>BAL 22</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-BAL 22 (12:54) 10-Mark Graham 40 yard field goal is GOOD. BAL 0 PHI 3</t>
   </si>
   <si>
-    <t>#60 Jordan Su - C</t>
+    <t>#57 Jordan Su - C</t>
   </si>
   <si>
     <t>#71 Gregory Martinez - RG</t>
   </si>
   <si>
     <t>#72 Jim Ramirez - RDE</t>
   </si>
   <si>
     <t>#43 Rod Carr - SS</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>(12:51) 10-Mark Graham kicks 65 yards from PHI 35 to BAL 0. 18-Marvin Allen to BAL 27 for 27 yards. Tackle by 55-Bernard Livingston.</t>
   </si>
   <si>
     <t>12:46</t>
   </si>
   <si>
     <t>BAL 27</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
@@ -635,51 +635,51 @@
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>3-10-BAL 49 (11:18) 16-Ronnie Pepin pass incomplete, intended for 12-Kennith Lawrence. I think that ball started to slip out of his hand as he threw it.</t>
   </si>
   <si>
     <t>11:14</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-BAL 49 (11:15) 13-Samuel Owens punts 44 yards to PHI 7.</t>
   </si>
   <si>
     <t>#13 Samuel Owens - P</t>
   </si>
   <si>
     <t>#91 Robert Ross - LDE</t>
   </si>
   <si>
-    <t>#97 John Babich - WLB</t>
+    <t>#78 John Babich - LDE</t>
   </si>
   <si>
     <t>#63 Kenneth Ireland - DT</t>
   </si>
   <si>
     <t>#56 Ronald Davis - LG</t>
   </si>
   <si>
     <t>#54 Travis Baird - RDE</t>
   </si>
   <si>
     <t>11:05</t>
   </si>
   <si>
     <t>PHI 7</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-PHI 7 (11:06) 47-Timothy Villarreal ran to PHI 2 for -5 yards. Tackle by 98-Long Whaley. PHI 25-James Donovan was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:31</t>
   </si>