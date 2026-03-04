--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -293,171 +293,171 @@
   <si>
     <t>NYN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Jonathan McCord kicks 72 yards from NYN 35 to DET -7. Touchback.</t>
   </si>
   <si>
     <t>#23 Kenneth Watson - RB</t>
   </si>
   <si>
     <t>#49 Glenn Brooks - CB</t>
   </si>
   <si>
     <t>#61 Thomas Pawlowski - DT</t>
   </si>
   <si>
     <t>#37 James Rusin - SS</t>
   </si>
   <si>
-    <t>#74 Kevin Warren - RDE</t>
+    <t>#75 Kevin Warren - RDE</t>
   </si>
   <si>
     <t>#22 Clyde Rosario - CB</t>
   </si>
   <si>
     <t>#76 Jason Mills - DT</t>
   </si>
   <si>
     <t>#93 Michael Saunders - DT</t>
   </si>
   <si>
-    <t>#91 Larry Young - MLB</t>
+    <t>#96 Larry Young - MLB</t>
   </si>
   <si>
     <t>#57 Jeff Vaughn - DT</t>
   </si>
   <si>
     <t>#98 Alberto Burdette - MLB</t>
   </si>
   <si>
     <t>#3 Jonathan McCord - K</t>
   </si>
   <si>
     <t>DET</t>
   </si>
   <si>
     <t>DET 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-DET 25 (15:00) 23-Kenneth Watson ran to DET 29 for 4 yards. Tackle by 20-Johnny Pace.</t>
   </si>
   <si>
     <t>#7 Thomas Pugliese - QB</t>
   </si>
   <si>
     <t>#25 Joe Speece - FB</t>
   </si>
   <si>
     <t>#89 Earl McKenzie - TE</t>
   </si>
   <si>
-    <t>#12 Michael Biron - WR</t>
-[...2 lines deleted...]
-    <t>#15 Glen Corral - WR</t>
+    <t>#81 Michael Biron - WR</t>
+  </si>
+  <si>
+    <t>#87 Glen Corral - WR</t>
   </si>
   <si>
     <t>#68 Leroy Lockett - C</t>
   </si>
   <si>
     <t>#78 William Robertson - LG</t>
   </si>
   <si>
     <t>#56 Ernest Cavanaugh - C</t>
   </si>
   <si>
-    <t>#50 Lon Marchetti - RT</t>
+    <t>#50 Lon Marchetti - RG</t>
   </si>
   <si>
     <t>#52 Jimmy Degregorio - RT</t>
   </si>
   <si>
     <t>#94 John Herzog - LDE</t>
   </si>
   <si>
-    <t>#97 Robert McCullough - DT</t>
-[...2 lines deleted...]
-    <t>#91 Kyle Connor - DT</t>
+    <t>#64 Robert McCullough - LDE</t>
+  </si>
+  <si>
+    <t>#69 Kyle Connor - DT</t>
   </si>
   <si>
     <t>#93 Trenton Larsen - RDE</t>
   </si>
   <si>
     <t>#55 Dennis Goodman - MLB</t>
   </si>
   <si>
     <t>#57 Zane Hall - MLB</t>
   </si>
   <si>
     <t>#31 Jason Forrester - CB</t>
   </si>
   <si>
     <t>#39 Ryan Lane - CB</t>
   </si>
   <si>
     <t>#21 Antonio Cromartie - CB</t>
   </si>
   <si>
     <t>#20 Johnny Pace - SS</t>
   </si>
   <si>
     <t>#24 Andre Bolden - FS</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>DET 29</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-6-DET 29 (14:17) 23-Kenneth Watson ran to DET 35 for 6 yards. Tackle by 20-Johnny Pace.</t>
   </si>
   <si>
     <t>#44 Harry Higgins - RB</t>
   </si>
   <si>
-    <t>#80 Leonard Weldon - TE</t>
+    <t>#88 Leonard Weldon - TE</t>
   </si>
   <si>
     <t>#99 Andrew Ray - LDE</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>DET 35</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-DET 35 (13:35) 23-Kenneth Watson ran to DET 35 for a short loss. Tackle by 57-Zane Hall.</t>
   </si>
   <si>
     <t>#29 Robert Eaton - CB</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
@@ -506,51 +506,51 @@
   <si>
     <t>12:42</t>
   </si>
   <si>
     <t>NYN 18</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-NYN 18 (12:43) 30-Troy Rivers ran to NYN 19 for 1 yards. Tackle by 98-Alberto Burdette.</t>
   </si>
   <si>
     <t>#9 Thomas Parsley - QB</t>
   </si>
   <si>
     <t>#30 Troy Rivers - WR</t>
   </si>
   <si>
     <t>#35 Vicente Degnan - RB</t>
   </si>
   <si>
-    <t>#36 Christopher Fry - RB</t>
+    <t>#49 Christopher Fry - RB</t>
   </si>
   <si>
     <t>#18 Frank Davis - WR</t>
   </si>
   <si>
     <t>#86 Jason Roth - TE</t>
   </si>
   <si>
     <t>#74 Ronald Cantrell - LT</t>
   </si>
   <si>
     <t>#62 Landon Everhart - LG</t>
   </si>
   <si>
     <t>#65 Joshua Hawkins - C</t>
   </si>
   <si>
     <t>#67 David Graham - RG</t>
   </si>
   <si>
     <t>#78 Chad Clifton - RT</t>
   </si>
   <si>
     <t>#92 Michael Bowman - LDE</t>
   </si>
@@ -569,51 +569,51 @@
   <si>
     <t>#20 Robert Ross - SS</t>
   </si>
   <si>
     <t>12:07</t>
   </si>
   <si>
     <t>NYN 19</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-9-NYN 19 (12:06) 9-Thomas Parsley pass complete to 19-Danny Ware to NYN 21 for 2 yards. Tackle by 47-James Singleton. Nice job by 19-Danny Ware on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#17 Brandon Saldana - WR</t>
   </si>
   <si>
     <t>#19 Danny Ware - WR</t>
   </si>
   <si>
-    <t>#97 Elias Peacock - WLB</t>
+    <t>#57 Elias Peacock - WLB</t>
   </si>
   <si>
     <t>#31 Horace Graham - CB</t>
   </si>
   <si>
     <t>11:24</t>
   </si>
   <si>
     <t>NYN 21</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>3-7-NYN 21 (11:23) 9-Thomas Parsley pass complete to 30-Troy Rivers to NYN 22 for 1 yards. Tackle by 97-Elias Peacock.</t>
   </si>
   <si>
     <t>10:42</t>
   </si>
   <si>
     <t>NYN 22</t>
   </si>
   <si>
     <t>4-6-NYN 22 (10:41) 2-Doyle Armstrong punts 48 yards to DET 30. Fair Catch by 47-Jeff Berryhill.</t>
   </si>
@@ -701,51 +701,51 @@
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-NYN 15 (9:36) 30-Troy Rivers ran to NYN 15 for 1 yards. Tackle by 5-Rafael Petrie.</t>
   </si>
   <si>
     <t>#41 David Baker - FS</t>
   </si>
   <si>
     <t>9:02</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Parallel Slants</t>
   </si>
   <si>
     <t>Quarter Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-9-NYN 15 (9:01) 9-Thomas Parsley pass complete to 16-Charles Best to NYN 24 for 8 yards. Tackle by 31-Horace Graham.</t>
   </si>
   <si>
-    <t>#16 Charles Best - WR</t>
+    <t>#17 Charles Best - WR</t>
   </si>
   <si>
     <t>8:19</t>
   </si>
   <si>
     <t>NYN 24</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>3-1-NYN 24 (8:18) 30-Troy Rivers ran to NYN 25 for 1 yards. Tackle by 67-Richard Shah. 74-Ronald Cantrell was completely beat on that play. PENALTY - Facemask (DET 67-Richard Shah)</t>
   </si>
   <si>
     <t>8:15</t>
   </si>
   <si>
     <t>NYN 40</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
@@ -839,51 +839,51 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-8-DET 15 (3:37) 3-Jonathan McCord 32 yard field goal is GOOD. DET 0 NYN 3</t>
   </si>
   <si>
     <t>#63 Harlan Mills - C</t>
   </si>
   <si>
     <t>3:34</t>
   </si>
   <si>
     <t>(3:35) 3-Jonathan McCord kicks 74 yards from NYN 35 to DET -9. Touchback.</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>1-10-DET 25 (3:35) 7-Thomas Pugliese pass complete to 12-Michael Biron to DET 49 for 24 yards. Tackle by 21-Antonio Cromartie.</t>
   </si>
   <si>
-    <t>#58 Noah McBee - SLB</t>
+    <t>#95 Noah McBee - SLB</t>
   </si>
   <si>
     <t>2:57</t>
   </si>
   <si>
     <t>DET 49</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>1-10-DET 49 (2:56) 7-Thomas Pugliese pass complete to 23-Kenneth Watson to NYN 50 for 2 yards. Tackle by 21-Antonio Cromartie.</t>
   </si>
   <si>
     <t>2:19</t>
   </si>
   <si>
     <t>NYN 50</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
@@ -1349,51 +1349,51 @@
   <si>
     <t>13:10</t>
   </si>
   <si>
     <t>NYN 36</t>
   </si>
   <si>
     <t>1-10-NYN 36 (13:09) 18-Frank Davis ran to NYN 43 for 7 yards. Tackle by 22-Clyde Rosario.</t>
   </si>
   <si>
     <t>12:27</t>
   </si>
   <si>
     <t>NYN 43</t>
   </si>
   <si>
     <t>2-3-NYN 43 (12:26) 9-Thomas Parsley ran to NYN 49 for 6 yards. 9-Thomas Parsley slides to avoid being hit.</t>
   </si>
   <si>
     <t>11:43</t>
   </si>
   <si>
     <t>1-10-NYN 49 (11:42) 9-Thomas Parsley pass complete to 86-Jason Roth to DET 41 for 9 yards. Tackle by 98-Alberto Burdette.</t>
   </si>
   <si>
-    <t>#41 Edward Kittel - SS</t>
+    <t>#1 Edward Kittel - FS</t>
   </si>
   <si>
     <t>10:59</t>
   </si>
   <si>
     <t>Singleback Empty 4 Short Posts</t>
   </si>
   <si>
     <t>2-1-DET 41 (10:58) 9-Thomas Parsley pass complete to 17-Brandon Saldana to DET 33 for 8 yards. Tackle by 49-Glenn Brooks. Great move by 17-Brandon Saldana to get free of his coverage.</t>
   </si>
   <si>
     <t>#15 Charles Powers - WR</t>
   </si>
   <si>
     <t>10:24</t>
   </si>
   <si>
     <t>1-10-DET 33 (10:23) 35-Vicente Degnan ran to DET 27 for 7 yards. Tackle by 98-Alberto Burdette. 36-Christopher Fry was completely beat on that play.</t>
   </si>
   <si>
     <t>9:43</t>
   </si>
   <si>
     <t>DET 27</t>
   </si>
@@ -2217,100 +2217,100 @@
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="227.516" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="81" max="81" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">