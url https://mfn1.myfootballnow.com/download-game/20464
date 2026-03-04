--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -290,132 +290,132 @@
   <si>
     <t>CLE</t>
   </si>
   <si>
     <t>CLE 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 15-Timothy Magee kicks 64 yards from CLE 35 to CIN 1. 40-George Hanson to CIN 24 for 23 yards. Tackle by 42-Ramon Jefferson.</t>
   </si>
   <si>
     <t>#40 George Hanson - RB</t>
   </si>
   <si>
     <t>#95 Eric Anderson - MLB</t>
   </si>
   <si>
     <t>#48 Dennis Moore - FS</t>
   </si>
   <si>
-    <t>#27 Paul Dixson - CB</t>
+    <t>#37 Paul Dixson - FS</t>
   </si>
   <si>
     <t>#64 Jose Schaper - LDE</t>
   </si>
   <si>
     <t>#53 Harold Jones - WLB</t>
   </si>
   <si>
-    <t>#20 Jerry Smith - CB</t>
+    <t>#39 Jerry Smith - CB</t>
   </si>
   <si>
     <t>#55 Harry Johnson - SLB</t>
   </si>
   <si>
     <t>#93 Christopher Soza - MLB</t>
   </si>
   <si>
     <t>#92 Frank Pettie - WLB</t>
   </si>
   <si>
     <t>#65 Robert Brown - LDE</t>
   </si>
   <si>
     <t>#15 Timothy Magee - K</t>
   </si>
   <si>
     <t>CIN</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>CIN 24</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-CIN 24 (14:57) 38-Chad Wise ran to CIN 24 for a short loss. Tackle by 75-Ronald Outland.</t>
   </si>
   <si>
     <t>#9 Matthew Kiser - QB</t>
   </si>
   <si>
-    <t>#38 Chad Wise - RB</t>
-[...2 lines deleted...]
-    <t>#23 Garret Tingle - FB</t>
+    <t>#5 Chad Wise - RB</t>
+  </si>
+  <si>
+    <t>#39 Garret Tingle - FB</t>
   </si>
   <si>
     <t>#80 Stephan Wilson - WR</t>
   </si>
   <si>
     <t>#88 Dale Howe - WR</t>
   </si>
   <si>
     <t>#10 Robert Johnson - WR</t>
   </si>
   <si>
     <t>#69 Lewis Varney - LT</t>
   </si>
   <si>
     <t>#68 Stuart Beck - LG</t>
   </si>
   <si>
     <t>#79 Raymond Griffin - C</t>
   </si>
   <si>
-    <t>#59 James Richardson - RG</t>
+    <t>#68 James Richardson - RG</t>
   </si>
   <si>
     <t>#66 Brandon Hagood - RT</t>
   </si>
   <si>
     <t>#97 Steve Stout - LDE</t>
   </si>
   <si>
-    <t>#75 Ronald Outland - DT</t>
+    <t>#59 Ronald Outland - DT</t>
   </si>
   <si>
     <t>#76 John Gann - DT</t>
   </si>
   <si>
     <t>#62 Shane Frakes - RDE</t>
   </si>
   <si>
     <t>#37 Shane Jamison - MLB</t>
   </si>
   <si>
     <t>#90 Emil Richardson - WLB</t>
   </si>
   <si>
     <t>#31 Jess Gardner - CB</t>
   </si>
   <si>
     <t>#29 Marshall Roberson - CB</t>
   </si>
   <si>
     <t>#21 Charles Situ - CB</t>
   </si>
   <si>
     <t>#23 George Calvillo - CB</t>
   </si>
@@ -440,51 +440,51 @@
   <si>
     <t>#54 Lawrence Stevens - SLB</t>
   </si>
   <si>
     <t>#42 Ramon Jefferson - FS</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>CIN 31</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>3-3-CIN 31 (13:31) 40-George Hanson ran to CIN 30 for -1 yards. Tackle by 37-Shane Jamison.</t>
   </si>
   <si>
     <t>#71 Carl Flynn - SLB</t>
   </si>
   <si>
-    <t>#53 Austin Tanner - DT</t>
+    <t>#76 Austin Tanner - DT</t>
   </si>
   <si>
     <t>#24 Peter Mills - CB</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>CIN 30</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-CIN 30 (12:52) 7-Joe Hall punts 49 yards to CLE 21. 33-Carl Bennett to CLE 22 for 1 yards. Tackle by 27-Paul Dixson.</t>
   </si>
   <si>
     <t>#7 Joe Hall - P</t>
   </si>
   <si>
     <t>#33 Carl Bennett - RB</t>
   </si>
@@ -503,87 +503,87 @@
   <si>
     <t>#78 Russell Washington - RDE</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>CLE 22</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-CLE 22 (12:44) 4-Sang Wilson pass complete to 10-Nathan Barker to CLE 24 for 2 yards. Tackle by 20-Jerry Smith.</t>
   </si>
   <si>
     <t>#4 Sang Wilson - QB</t>
   </si>
   <si>
     <t>#48 Scott Calloway - RB</t>
   </si>
   <si>
-    <t>#80 Justin Whitley - FB</t>
-[...2 lines deleted...]
-    <t>#89 William White - WR</t>
+    <t>#80 Justin Whitley - C</t>
+  </si>
+  <si>
+    <t>#88 William White - WR</t>
   </si>
   <si>
     <t>#17 Micah Moore - WR</t>
   </si>
   <si>
     <t>#52 Foster Wyatt - LT</t>
   </si>
   <si>
     <t>#67 Michael Dominguez - LG</t>
   </si>
   <si>
     <t>#73 James Dubose - C</t>
   </si>
   <si>
     <t>#69 Jonathan Alston - RG</t>
   </si>
   <si>
     <t>#70 Horace Glenn - RT</t>
   </si>
   <si>
     <t>#97 James Parkinson - LDE</t>
   </si>
   <si>
     <t>#70 Fred Evans - DT</t>
   </si>
   <si>
-    <t>#67 Patrick Kelly - DT</t>
+    <t>#57 Patrick Kelly - DT</t>
   </si>
   <si>
     <t>#44 Dennis Mears - CB</t>
   </si>
   <si>
-    <t>#35 Robert Miller - CB</t>
+    <t>#40 Robert Miller - SLB</t>
   </si>
   <si>
     <t>12:09</t>
   </si>
   <si>
     <t>CLE 24</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-8-CLE 24 (12:08) 48-Scott Calloway ran to CLE 26 for 2 yards. Tackle by 67-Patrick Kelly.</t>
   </si>
   <si>
     <t>11:24</t>
   </si>
   <si>
     <t>CLE 26</t>
   </si>
   <si>
     <t>Singleback Empty 4 TE Corner</t>
   </si>
@@ -593,51 +593,51 @@
   <si>
     <t>3-6-CLE 26 (11:23) 4-Sang Wilson pass complete to 89-William White to CLE 34 for 8 yards. Tackle by 44-Dennis Mears.</t>
   </si>
   <si>
     <t>#33 Robert Saddler - CB</t>
   </si>
   <si>
     <t>10:49</t>
   </si>
   <si>
     <t>CLE 34</t>
   </si>
   <si>
     <t>I Formation Twin WR Slot Hitch</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>1-10-CLE 34 (10:48) 4-Sang Wilson pass complete to 80-Justin Whitley to CLE 40 for 6 yards. Tackle by 90-Ramon Lopez.</t>
   </si>
   <si>
     <t>#43 Howard Dyson - FB</t>
   </si>
   <si>
-    <t>#90 Ramon Lopez - SLB</t>
+    <t>#51 Ramon Lopez - SLB</t>
   </si>
   <si>
     <t>10:16</t>
   </si>
   <si>
     <t>CLE 40</t>
   </si>
   <si>
     <t>2-4-CLE 40 (10:15) 4-Sang Wilson pass complete to 87-Jerry Pearson to CLE 47 for 7 yards. Tackle by 20-Jerry Smith.</t>
   </si>
   <si>
     <t>9:29</t>
   </si>
   <si>
     <t>CLE 47</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-CLE 47 (9:28) 4-Sang Wilson pass Pass knocked down by 48-Dennis Moore. incomplete, intended for 87-Jerry Pearson.</t>
   </si>
@@ -761,81 +761,81 @@
   <si>
     <t>2-5-CIN 5 (4:00) 4-Sang Wilson pass incomplete, intended for 83-Roy Larios. complete to 83-Roy Larios for 5 yards. TOUCHDOWN! PENALTY - Pass Interference (CIN 20-Jerry Smith) (Declined) CIN 0 CLE 6</t>
   </si>
   <si>
     <t>3:55</t>
   </si>
   <si>
     <t>CIN 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(3:56) Extra point GOOD by 15-Timothy Magee. CLE 70-Horace Glenn was injured on the play. He looks like he should be able to return. CIN 0 CLE 7</t>
   </si>
   <si>
     <t>#3 Bernard Adams - QB</t>
   </si>
   <si>
     <t>#57 Ronald Cade - RT</t>
   </si>
   <si>
-    <t>#85 Richard Cole - FB</t>
+    <t>#85 Richard Cole - TE</t>
   </si>
   <si>
     <t>#63 Clark Gonzalez - RG</t>
   </si>
   <si>
     <t>#74 Harry Brown - LG</t>
   </si>
   <si>
-    <t>#51 Charles Bailey - MLB</t>
+    <t>#55 Charles Bailey - MLB</t>
   </si>
   <si>
     <t>#66 Raymond Jordan - DT</t>
   </si>
   <si>
     <t>(3:56) 15-Timothy Magee kicks 71 yards from CLE 35 to CIN -6. Touchback.</t>
   </si>
   <si>
     <t>CIN 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-CIN 25 (3:56) 40-George Hanson ran to CIN 24 for -1 yards. Tackle by 90-Emil Richardson.</t>
   </si>
   <si>
-    <t>#82 Mark Dean - TE</t>
+    <t>#82 Mark Dean - WR</t>
   </si>
   <si>
     <t>3:16</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>2-11-CIN 24 (3:15) 9-Matthew Kiser pass Pass knocked down by 29-Marshall Roberson. incomplete, intended for 10-Robert Johnson.</t>
   </si>
   <si>
     <t>3:10</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>3-11-CIN 24 (3:11) 9-Matthew Kiser sacked at CIN 14 for -10 yards (62-Shane Frakes). Sack allowed by 69-Lewis Varney.</t>
   </si>
   <si>
     <t>2:32</t>
   </si>
   <si>
     <t>CIN 14</t>
   </si>
@@ -1274,51 +1274,51 @@
   <si>
     <t>1-10-CLE 25 (14:57) 4-Sang Wilson pass Pass knocked down by 93-Christopher Soza. incomplete, intended for 80-Justin Whitley.</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>2-10-CLE 25 (14:55) 48-Scott Calloway ran to CLE 27 for 3 yards. Tackle by 65-Robert Brown. 80-Justin Whitley missed that block completely.</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>Singleback Empty 4 Slot Crosses</t>
   </si>
   <si>
     <t>3-7-CLE 27 (14:20) 4-Sang Wilson pass complete to 89-William White to CLE 35 for 8 yards. Tackle by 33-Robert Saddler. 33-Robert Saddler got away with a hold on that play. CLE 73-James Dubose was injured on the play. He looks like he should be able to return. CIN 64-Jose Schaper was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>1-10-CLE 35 (13:43) 48-Scott Calloway ran to CLE 36 for 1 yards. Tackle by 65-Robert Brown. PENALTY - Offsides (CIN 70-Fred Evans)</t>
   </si>
   <si>
-    <t>#64 William Smith - C</t>
+    <t>#66 William Smith - C</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>1-5-CLE 40 (13:40) 48-Scott Calloway ran to CLE 46 for 6 yards. Tackle by 93-Christopher Soza.</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>1-10-CLE 46 (12:59) 22-James Peterson ran to CLE 47 for 1 yards. Tackle by 67-Patrick Kelly.</t>
   </si>
   <si>
     <t>12:25</t>
   </si>
   <si>
     <t>2-9-CLE 47 (12:24) (Hot Read) 4-Sang Wilson pass incomplete, dropped by 87-Jerry Pearson. Pressure by 65-Robert Brown. 44-Dennis Mears got away with a hold on that play.</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
@@ -1775,51 +1775,51 @@
   <si>
     <t>2-2-CLE 36 (4:33) 33-Carl Bennett ran to CLE 37 for a short gain. Tackle by 93-Christopher Soza. PENALTY - Facemask (CIN 97-James Parkinson)</t>
   </si>
   <si>
     <t>4:30</t>
   </si>
   <si>
     <t>CIN 48</t>
   </si>
   <si>
     <t>1-10-CIN 48 (4:31) 22-James Peterson ran to CIN 39 for 9 yards. Tackle by 48-Dennis Moore.</t>
   </si>
   <si>
     <t>3:48</t>
   </si>
   <si>
     <t>2-1-CIN 39 (3:47) 33-Carl Bennett ran to CIN 25 for 14 yards. Tackle by 48-Dennis Moore. CIN 93-Christopher Soza was injured on the play.</t>
   </si>
   <si>
     <t>3:06</t>
   </si>
   <si>
     <t>1-10-CIN 25 (3:05) 33-Carl Bennett ran to CIN 24 for 1 yards. Tackle by 70-Fred Evans.</t>
   </si>
   <si>
-    <t>#98 Kevin Bickel - MLB</t>
+    <t>#55 Kevin Bickel - MLB</t>
   </si>
   <si>
     <t>2-9-CIN 24 (2:21) 22-James Peterson ran to CIN 22 for 2 yards. Tackle by 90-Ramon Lopez.</t>
   </si>
   <si>
     <t>3-7-CIN 22 (2:00) 33-Carl Bennett ran to CIN 21 for 2 yards. Tackle by 65-Robert Brown. 80-Justin Whitley missed that block completely. CLE 69-Jonathan Alston was injured on the play.</t>
   </si>
   <si>
     <t>1:22</t>
   </si>
   <si>
     <t>4-6-CIN 21 (1:21) 15-Timothy Magee 39 yard field goal is GOOD. CIN 3 CLE 37</t>
   </si>
   <si>
     <t>1:17</t>
   </si>
   <si>
     <t>(1:18) 15-Timothy Magee kicks 74 yards from CLE 35 to CIN -9. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>1-10-CIN 25 (1:18) 9-Matthew Kiser pass complete to 23-Garret Tingle to CIN 49 for 24 yards. Tackle by 51-Sean Flinchum. 23-Garret Tingle did some fancy footwork there.</t>
   </si>
@@ -2270,51 +2270,51 @@
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>