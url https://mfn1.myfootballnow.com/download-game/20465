--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -287,63 +287,63 @@
   <si>
     <t>IND has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>ARZ</t>
   </si>
   <si>
     <t>ARZ 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-Brain McClure kicks 64 yards from ARZ 35 to IND 1. 11-Lorenzo Davis to IND 34 for 33 yards. Tackle by 18-Brain McClure. ARZ 96-Howard Schmidt was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#11 Lorenzo Davis - WR</t>
   </si>
   <si>
     <t>#32 Jonathan Nicholson - FS</t>
   </si>
   <si>
-    <t>#1 Aaron Hower - FS</t>
-[...2 lines deleted...]
-    <t>#68 Darryl Leslie - DT</t>
+    <t>#42 Aaron Hower - FS</t>
+  </si>
+  <si>
+    <t>#67 Darryl Leslie - DT</t>
   </si>
   <si>
     <t>#29 Kelly Dozier - SS</t>
   </si>
   <si>
     <t>#99 George Ellis - DT</t>
   </si>
   <si>
-    <t>#24 Michael Howe - SS</t>
+    <t>#27 Michael Howe - SS</t>
   </si>
   <si>
     <t>#59 John Lee - MLB</t>
   </si>
   <si>
     <t>#55 Monroe Legendre - MLB</t>
   </si>
   <si>
     <t>#58 Eric Cruz - MLB</t>
   </si>
   <si>
     <t>#91 Dale Benson - MLB</t>
   </si>
   <si>
     <t>#18 Brain McClure - K</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>IND 34</t>
   </si>
@@ -356,51 +356,51 @@
   <si>
     <t>1-10-IND 34 (14:56) 6-Brady Durst pass incomplete, dropped by 80-Clement Ohara. Pressure by 92-James Moore. IND 71-David Wright was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#6 Brady Durst - QB</t>
   </si>
   <si>
     <t>#20 Jeffry Douglas - RB</t>
   </si>
   <si>
     <t>#46 James Reeves - FB</t>
   </si>
   <si>
     <t>#87 Willie Collard - TE</t>
   </si>
   <si>
     <t>#80 Clement Ohara - WR</t>
   </si>
   <si>
     <t>#14 Robert Patterson - WR</t>
   </si>
   <si>
     <t>#51 Michael Leblanc - RT</t>
   </si>
   <si>
-    <t>#64 Robert Gibson - LG</t>
+    <t>#73 Robert Gibson - LG</t>
   </si>
   <si>
     <t>#71 David Wright - C</t>
   </si>
   <si>
     <t>#75 Shane Conway - RG</t>
   </si>
   <si>
     <t>#66 Gregory Adams - RT</t>
   </si>
   <si>
     <t>#99 Raymond Mackin - LDE</t>
   </si>
   <si>
     <t>#69 Jimmy McKeown - DT</t>
   </si>
   <si>
     <t>#76 David Bailey - DT</t>
   </si>
   <si>
     <t>#92 James Moore - RDE</t>
   </si>
   <si>
     <t>#98 Luis Elder - WLB</t>
   </si>
@@ -413,51 +413,51 @@
   <si>
     <t>#22 Steve Watson - CB</t>
   </si>
   <si>
     <t>#39 William Frye - CB</t>
   </si>
   <si>
     <t>#40 Jimmy Cook - CB</t>
   </si>
   <si>
     <t>#43 William Hamilton - CB</t>
   </si>
   <si>
     <t>14:50</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-10-IND 34 (14:51) 6-Brady Durst pass complete to 80-Clement Ohara to IND 40 for 6 yards. Tackle by 22-Steve Watson. ARZ 69-Jimmy McKeown was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#85 Brian Maag - TE</t>
+    <t>#89 Brian Maag - TE</t>
   </si>
   <si>
     <t>#52 Jorge Garces - RT</t>
   </si>
   <si>
     <t>#72 Truman Ojeda - C</t>
   </si>
   <si>
     <t>#54 Timothy Rice - MLB</t>
   </si>
   <si>
     <t>14:10</t>
   </si>
   <si>
     <t>IND 40</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>3-4-IND 40 (14:09) 20-Jeffry Douglas ran to IND 42 for 2 yards. Tackle by 43-William Hamilton.</t>
   </si>
   <si>
     <t>#72 Javier Mulholland - DT</t>
   </si>