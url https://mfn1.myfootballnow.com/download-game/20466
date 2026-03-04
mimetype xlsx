--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -284,153 +284,153 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>JAX has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>NYA</t>
   </si>
   <si>
     <t>NYA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-David Schwartz kicks 75 yards from NYA 35 to JAX -10. 42-Jose Jordan to JAX 19 for 29 yards. Tackle by 1-James Woodruff.</t>
   </si>
   <si>
     <t>#42 Jose Jordan - RB</t>
   </si>
   <si>
-    <t>#95 John Noe - WLB</t>
-[...5 lines deleted...]
-    <t>#58 John Gray - RDE</t>
+    <t>#95 John Noe - DT</t>
+  </si>
+  <si>
+    <t>#50 Robert Coker - LDE</t>
+  </si>
+  <si>
+    <t>#58 John Gray - LDE</t>
   </si>
   <si>
     <t>#52 Fernando Noe - MLB</t>
   </si>
   <si>
-    <t>#75 Carl Villegas - RDE</t>
+    <t>#75 Carl Villegas - DT</t>
   </si>
   <si>
     <t>#41 Michael Hopes - SS</t>
   </si>
   <si>
     <t>#70 Matthew Dragoo - DT</t>
   </si>
   <si>
     <t>#65 Keith Frazier - DT</t>
   </si>
   <si>
-    <t>#27 John Putnam - CB</t>
-[...2 lines deleted...]
-    <t>#29 Kenneth Debusk - CB</t>
+    <t>#27 John Putnam - DT</t>
+  </si>
+  <si>
+    <t>#29 Kenneth Debusk - DT</t>
   </si>
   <si>
     <t>#5 David Schwartz - K</t>
   </si>
   <si>
     <t>JAX</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>JAX 19</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-JAX 19 (14:56) 36-Robert Russell ran to JAX 28 for 9 yards. Tackle by 39-Theron Goodwin.</t>
   </si>
   <si>
     <t>#15 Damian Barnett - QB</t>
   </si>
   <si>
     <t>#36 Robert Russell - RB</t>
   </si>
   <si>
     <t>#38 David McLaughlin - FB</t>
   </si>
   <si>
-    <t>#87 Donald Sherlock - TE</t>
+    <t>#41 Donald Sherlock - FB</t>
   </si>
   <si>
     <t>#83 Brady James - WR</t>
   </si>
   <si>
     <t>#12 Lee Jacobsen - WR</t>
   </si>
   <si>
     <t>#59 Raymond Hill - LT</t>
   </si>
   <si>
     <t>#72 Alan Golden - LG</t>
   </si>
   <si>
     <t>#73 Daren Barrientos - C</t>
   </si>
   <si>
     <t>#77 John Garcia - LG</t>
   </si>
   <si>
     <t>#62 Joshua Ng - RT</t>
   </si>
   <si>
     <t>#71 Ralph Roberts - LDE</t>
   </si>
   <si>
     <t>#65 George Vera - DT</t>
   </si>
   <si>
     <t>#76 Richard Britt - DT</t>
   </si>
   <si>
     <t>#74 Chris Kushner - RDE</t>
   </si>
   <si>
-    <t>#54 Thomas Lenihan - SLB</t>
+    <t>#57 Thomas Lenihan - SLB</t>
   </si>
   <si>
     <t>#97 Edward Dominguez - MLB</t>
   </si>
   <si>
-    <t>#41 Charles Wagner - WLB</t>
+    <t>#51 Charles Wagner - WLB</t>
   </si>
   <si>
     <t>#27 Eric Jones - CB</t>
   </si>
   <si>
     <t>#29 Randy Kramer - CB</t>
   </si>
   <si>
     <t>#21 William Lachance - SS</t>
   </si>
   <si>
     <t>#39 Theron Goodwin - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>JAX 28</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
@@ -476,60 +476,60 @@
   <si>
     <t>#82 Jeff Hayes - TE</t>
   </si>
   <si>
     <t>#62 John Maurer - DT</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>JAX 10</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-19-JAX 10 (13:29) 6-Jerome Shearer punts 45 yards to NYA 45. Fair Catch by 40-Jose Hernandez.</t>
   </si>
   <si>
     <t>#6 Jerome Shearer - P</t>
   </si>
   <si>
-    <t>#84 John Gross - TE</t>
+    <t>#84 John Gross - FB</t>
   </si>
   <si>
     <t>#40 Jose Hernandez - RB</t>
   </si>
   <si>
     <t>#42 Thomas Burrow - CB</t>
   </si>
   <si>
-    <t>#38 John Stewart - CB</t>
+    <t>#45 John Stewart - CB</t>
   </si>
   <si>
     <t>#72 Donald Stjohn - LT</t>
   </si>
   <si>
     <t>#88 Kyle Sloan - WR</t>
   </si>
   <si>
     <t>#21 Howard McCabe - RB</t>
   </si>
   <si>
     <t>#71 Jesse Reid - C</t>
   </si>
   <si>
     <t>#50 James Ramirez - MLB</t>
   </si>
   <si>
     <t>#1 James Woodruff - CB</t>
   </si>
   <si>
     <t>13:21</t>
   </si>
   <si>
     <t>NYA 45</t>
   </si>
@@ -539,117 +539,117 @@
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-NYA 45 (13:22) 10-Gregory Moran pass incomplete, intended for 84-Brian Kucera.</t>
   </si>
   <si>
     <t>#10 Gregory Moran - QB</t>
   </si>
   <si>
     <t>#30 Gerald Bartholomew - FB</t>
   </si>
   <si>
     <t>#84 Brian Kucera - TE</t>
   </si>
   <si>
     <t>#80 Charles Davis - WR</t>
   </si>
   <si>
     <t>#89 David Rodriquez - WR</t>
   </si>
   <si>
     <t>#67 Robert Contreras - LG</t>
   </si>
   <si>
-    <t>#59 Michael Brandy - C</t>
+    <t>#59 Michael Brandy - RT</t>
   </si>
   <si>
     <t>#51 Brad Contreras - RG</t>
   </si>
   <si>
     <t>#69 Michael Earl - RT</t>
   </si>
   <si>
     <t>#69 Jay Oxley - LDE</t>
   </si>
   <si>
     <t>#78 Terence Vogel - DT</t>
   </si>
   <si>
     <t>#92 Marcus Reisinger - LDE</t>
   </si>
   <si>
-    <t>#90 John Richards - SLB</t>
-[...2 lines deleted...]
-    <t>#46 Bryan Hutchins - FS</t>
+    <t>#90 John Richards - LDE</t>
+  </si>
+  <si>
+    <t>#46 Bryan Hutchins - DT</t>
   </si>
   <si>
     <t>13:19</t>
   </si>
   <si>
     <t>Singleback Normal FL Drag</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-10-NYA 45 (13:20) 10-Gregory Moran sacked at NYA 37 for -8 yards (65-Keith Frazier). Sack allowed by 59-Michael Brandy.</t>
   </si>
   <si>
     <t>#11 Eric Harmon - WR</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>NYA 37</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-18-NYA 37 (12:46) 10-Gregory Moran sacked at NYA 29 for -8 yards (58-John Gray). Sack allowed by 72-Donald Stjohn. PENALTY - Holding (NYA 67-Robert Contreras) (Declined)</t>
   </si>
   <si>
     <t>12:42</t>
   </si>
   <si>
     <t>NYA 29</t>
   </si>
   <si>
     <t>4-25-NYA 29 (12:43) 7-Richard Pearce punts 41 yards to JAX 29.</t>
   </si>
   <si>
     <t>#7 Richard Pearce - P</t>
   </si>
   <si>
-    <t>#66 Harold Jackson - RT</t>
+    <t>#66 Harold Jackson - LT</t>
   </si>
   <si>
     <t>#73 Travis Miller - LT</t>
   </si>
   <si>
     <t>12:33</t>
   </si>
   <si>
     <t>JAX 29</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-JAX 29 (12:34) 42-Jose Jordan ran to JAX 29 for a short loss. Tackle by 97-Edward Dominguez.</t>
   </si>
   <si>
     <t>11:48</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
@@ -668,69 +668,69 @@
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>3-1-JAX 38 (11:13) 15-Damian Barnett pass complete to 36-Robert Russell to JAX 47 for 8 yards. Tackle by 21-William Lachance. Pressure by 76-Richard Britt. NYA 65-George Vera was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:34</t>
   </si>
   <si>
     <t>JAX 47</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>1-10-JAX 47 (10:33) 36-Robert Russell ran to NYA 44 for 9 yards. Tackle by 39-Theron Goodwin.</t>
   </si>
   <si>
     <t>#86 Juan Aziz - WR</t>
   </si>
   <si>
     <t>#81 Mark Calvin - WR</t>
   </si>
   <si>
-    <t>#80 Larry Hunter - LT</t>
+    <t>#54 Larry Hunter - LG</t>
   </si>
   <si>
     <t>9:57</t>
   </si>
   <si>
     <t>NYA 44</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>2-1-NYA 44 (9:56) 38-David McLaughlin ran to NYA 43 for 1 yards. Tackle by 54-Thomas Lenihan. PENALTY - Offsides (NYA 71-Ralph Roberts) (Declined)</t>
   </si>
   <si>
-    <t>#48 Andrew Hood - SS</t>
+    <t>#69 Andrew Hood - LDE</t>
   </si>
   <si>
     <t>9:53</t>
   </si>
   <si>
     <t>NYA 43</t>
   </si>
   <si>
     <t>Singleback Normal PA Rollout</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-NYA 43 (9:54) 15-Damian Barnett pass complete to 87-Donald Sherlock to NYA 35 for 8 yards. Tackle by 21-William Lachance.</t>
   </si>
   <si>
     <t>9:19</t>
   </si>
   <si>
     <t>2-2-NYA 35 (9:18) 15-Damian Barnett pass complete to 85-Dennis Holder to NYA 24 for 11 yards. Tackle by 36-Charles Glover.</t>
   </si>
   <si>
     <t>8:37</t>
   </si>
@@ -758,51 +758,51 @@
   <si>
     <t>#2 Raymond Evans - P</t>
   </si>
   <si>
     <t>#14 Thomas McFarland - K</t>
   </si>
   <si>
     <t>#96 Nathaniel Ellis - MLB</t>
   </si>
   <si>
     <t>JAX 35</t>
   </si>
   <si>
     <t>(8:30) 14-Thomas McFarland kicks 72 yards from JAX 35 to NYA -7. Touchback.</t>
   </si>
   <si>
     <t>NYA 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>1-10-NYA 25 (8:30) 40-Jose Hernandez ran to NYA 29 for 4 yards. Tackle by 52-Fernando Noe.</t>
   </si>
   <si>
-    <t>#25 Steven Bennett - RB</t>
+    <t>#25 Steven Bennett - TE</t>
   </si>
   <si>
     <t>#81 Ray Palmer - TE</t>
   </si>
   <si>
     <t>#53 Jeffrey Malinowski - DT</t>
   </si>
   <si>
     <t>7:52</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>2-6-NYA 29 (7:51) 40-Jose Hernandez ran to NYA 31 for 2 yards. Tackle by 70-Matthew Dragoo.</t>
   </si>
   <si>
     <t>7:14</t>
   </si>
   <si>
     <t>NYA 31</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
@@ -860,51 +860,51 @@
   <si>
     <t>JAX 42</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-JAX 42 (5:15) 42-Jose Jordan ran to JAX 41 for -1 yards. Tackle by 71-Ralph Roberts.</t>
   </si>
   <si>
     <t>4:32</t>
   </si>
   <si>
     <t>JAX 41</t>
   </si>
   <si>
     <t>Singleback Empty 4 TE Corner</t>
   </si>
   <si>
     <t>Dime Flat CB4 Blitz</t>
   </si>
   <si>
     <t>2-11-JAX 41 (4:31) 15-Damian Barnett pass complete to 85-Dennis Holder to NYA 48 for 11 yards. Tackle by 36-Charles Glover. Pressure by 74-Chris Kushner.</t>
   </si>
   <si>
-    <t>#33 Ronald McDaniels - SS</t>
+    <t>#25 Ronald McDaniels - SS</t>
   </si>
   <si>
     <t>3:52</t>
   </si>
   <si>
     <t>NYA 48</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>3-1-NYA 48 (3:51) 15-Damian Barnett pass complete to 87-Donald Sherlock to NYA 46 for 2 yards. Tackle by 54-Thomas Lenihan.</t>
   </si>
   <si>
     <t>3:06</t>
   </si>
   <si>
     <t>NYA 46</t>
   </si>
   <si>
     <t>1-10-NYA 46 (3:05) 15-Damian Barnett pass complete to 42-Jose Jordan to NYA 45 for 1 yards. Tackle by 54-Thomas Lenihan.</t>
   </si>
   <si>
     <t>2:29</t>
   </si>
@@ -1025,54 +1025,54 @@
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-NYA 25 (11:18) 40-Jose Hernandez ran to NYA 31 for 6 yards. Tackle by 50-Robert Coker. PENALTY - Holding (NYA 84-Brian Kucera)</t>
   </si>
   <si>
     <t>11:13</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>1-20-NYA 15 (11:14) 10-Gregory Moran pass complete to 84-Brian Kucera to NYA 33 for 18 yards. Tackle by 27-John Putnam.</t>
   </si>
   <si>
     <t>#20 William Coakley - SS</t>
   </si>
   <si>
     <t>2-2-NYA 33 (10:33) 40-Jose Hernandez ran to NYA 39 for 5 yards. Tackle by 41-Michael Hopes.</t>
   </si>
   <si>
-    <t>#94 Alfonso King - MLB</t>
-[...2 lines deleted...]
-    <t>#33 Jeremy Smith - CB</t>
+    <t>#94 Alfonso King - DT</t>
+  </si>
+  <si>
+    <t>#33 Jeremy Smith - DT</t>
   </si>
   <si>
     <t>9:54</t>
   </si>
   <si>
     <t>Strong I Normal FB Trap Weak</t>
   </si>
   <si>
     <t>1-10-NYA 39 (9:53) 30-Gerald Bartholomew ran to NYA 37 for -1 yards. Tackle by 50-Robert Coker.</t>
   </si>
   <si>
     <t>9:10</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-11-NYA 37 (9:09) 40-Jose Hernandez ran to NYA 41 for 3 yards. Tackle by 70-Matthew Dragoo. 51-Brad Contreras completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>8:27</t>
   </si>
   <si>
     <t>NYA 41</t>
   </si>
@@ -1226,51 +1226,51 @@
   <si>
     <t>1-10-NYA 10 (1:23) 15-Damian Barnett pass complete to 12-Lee Jacobsen for 10 yards. TOUCHDOWN! JAX 20 NYA 0</t>
   </si>
   <si>
     <t>1:19</t>
   </si>
   <si>
     <t>(1:20) Extra point GOOD by 14-Thomas McFarland. JAX 21 NYA 0</t>
   </si>
   <si>
     <t>(1:20) 14-Thomas McFarland kicks 61 yards from JAX 35 to NYA 4. 40-Jose Hernandez to NYA 19 for 16 yards. Tackle by 29-Kenneth Debusk.</t>
   </si>
   <si>
     <t>1:16</t>
   </si>
   <si>
     <t>NYA 19</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-NYA 19 (1:17) 25-Steven Bennett ran to NYA 18 for -2 yards. Tackle by 94-Alfonso King. NYA 72-Donald Stjohn was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#91 Michael McDowell - SLB</t>
+    <t>#91 Michael McDowell - DT</t>
   </si>
   <si>
     <t>0:45</t>
   </si>
   <si>
     <t>NYA 18</t>
   </si>
   <si>
     <t>2-12-NYA 18 (0:44) 30-Gerald Bartholomew ran to NYA 21 for 4 yards. Tackle by 90-John Richards.</t>
   </si>
   <si>
     <t>0:05</t>
   </si>
   <si>
     <t>3-8-NYA 21 (0:04) 40-Jose Hernandez ran to NYA 20 for -2 yards. Tackle by 58-John Gray.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 14-Thomas McFarland kicks 74 yards from JAX 35 to NYA -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-NYA 25 (15:00) 40-Jose Hernandez ran to NYA 26 for 1 yards. Tackle by 53-Jeffrey Malinowski.</t>
   </si>
@@ -2153,95 +2153,95 @@
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="338.489" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">