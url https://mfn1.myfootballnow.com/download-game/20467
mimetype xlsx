--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -281,135 +281,135 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>NED has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>NOS</t>
   </si>
   <si>
     <t>NOS 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Thomas Spielman kicks 74 yards from NOS 35 to NED -9. Touchback.</t>
   </si>
   <si>
-    <t>#18 Marshall Murphy - WR</t>
+    <t>#89 Marshall Murphy - TE</t>
   </si>
   <si>
     <t>#77 Francisco Mimms - LDE</t>
   </si>
   <si>
     <t>#24 Clyde Boyd - CB</t>
   </si>
   <si>
-    <t>#48 Justin Hucks - MLB</t>
-[...2 lines deleted...]
-    <t>#51 William Hillhouse - WLB</t>
+    <t>#39 Justin Hucks - FS</t>
+  </si>
+  <si>
+    <t>#91 William Hillhouse - DT</t>
   </si>
   <si>
     <t>#75 Don Cross - LDE</t>
   </si>
   <si>
     <t>#95 Herbert Royal - DT</t>
   </si>
   <si>
-    <t>#26 James Rae - CB</t>
+    <t>#53 James Rae - WLB</t>
   </si>
   <si>
     <t>#35 Francis Escobedo - CB</t>
   </si>
   <si>
     <t>#70 Michael Williams - DT</t>
   </si>
   <si>
-    <t>#20 Darryl Atkinson - CB</t>
+    <t>#44 Darryl Atkinson - CB</t>
   </si>
   <si>
     <t>#3 Thomas Spielman - K</t>
   </si>
   <si>
     <t>NED</t>
   </si>
   <si>
     <t>NED 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-NED 25 (15:00) 9-David Gram sacked at NED 16 for -9 yards (67-Tracy Killian). Sack allowed by 67-Ralph Watanabe. 47-John Raines got away with a hold on that play.</t>
   </si>
   <si>
     <t>#9 David Gram - QB</t>
   </si>
   <si>
-    <t>#23 William Byars - RB</t>
+    <t>#23 William Byars - WR</t>
   </si>
   <si>
     <t>#33 Joseph Escamilla - RB</t>
   </si>
   <si>
     <t>#2 Steven Beard - WR</t>
   </si>
   <si>
     <t>#18 Johnny Wells - WR</t>
   </si>
   <si>
     <t>#69 Kenny Burke - LT</t>
   </si>
   <si>
     <t>#62 Neil Lane - RG</t>
   </si>
   <si>
     <t>#58 James Absher - C</t>
   </si>
   <si>
-    <t>#63 Claude Nicholson - RG</t>
+    <t>#63 Claude Nicholson - LT</t>
   </si>
   <si>
     <t>#67 Ralph Watanabe - RT</t>
   </si>
   <si>
     <t>#67 Tracy Killian - LDE</t>
   </si>
   <si>
-    <t>#98 Norman Muff - DT</t>
+    <t>#68 Norman Muff - DT</t>
   </si>
   <si>
     <t>#99 James Gupta - DT</t>
   </si>
   <si>
     <t>#98 Mark Roberts - MLB</t>
   </si>
   <si>
     <t>#95 Joe Green - SLB</t>
   </si>
   <si>
     <t>#92 Mark Parker - MLB</t>
   </si>
   <si>
     <t>#97 John Hemphill - WLB</t>
   </si>
   <si>
     <t>#44 Clay Briggs - CB</t>
   </si>
   <si>
     <t>#33 Fredrick Jackson - CB</t>
   </si>
   <si>
     <t>#20 Gary William - FS</t>
   </si>
@@ -431,93 +431,93 @@
   <si>
     <t>2-19-NED 16 (14:17) 23-William Byars ran to NED 15 for a short loss. Tackle by 92-Mark Parker.</t>
   </si>
   <si>
     <t>#85 Ronald Seery - TE</t>
   </si>
   <si>
     <t>#66 Christopher Hord - RT</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>NED 15</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>3-20-NED 15 (13:41) 9-David Gram pass complete to 2-Steven Beard to NED 29 for 14 yards. Pushed out of bounds by 44-Clay Briggs.</t>
   </si>
   <si>
-    <t>#32 Jimmie Cabrera - FB</t>
+    <t>#20 Jimmie Cabrera - FB</t>
   </si>
   <si>
     <t>13:05</t>
   </si>
   <si>
     <t>NED 29</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-NED 29 (13:04) 1-Jeremiah Jessup punts 43 yards to NOS 28. 11-Kristopher Gatewood to NOS 35 for 7 yards. Tackle by 26-James Rae.</t>
   </si>
   <si>
     <t>#1 Jeremiah Jessup - P</t>
   </si>
   <si>
-    <t>#57 Jose Owens - C</t>
+    <t>#74 Jose Owens - LT</t>
   </si>
   <si>
     <t>#11 Kristopher Gatewood - QB</t>
   </si>
   <si>
     <t>#31 Edward Vincent - CB</t>
   </si>
   <si>
     <t>#53 Lewis Marshall - MLB</t>
   </si>
   <si>
     <t>#93 Michael Thomas - LDE</t>
   </si>
   <si>
     <t>#84 Charles Uresti - WR</t>
   </si>
   <si>
     <t>#45 Glenn Galvin - CB</t>
   </si>
   <si>
-    <t>#64 Sean Smith - RG</t>
+    <t>#64 Sean Smith - LG</t>
   </si>
   <si>
     <t>#30 Fletcher Henderson - CB</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>1-10-NOS 35 (12:56) 2-Martin Newsome pass incomplete, dropped by 17-Rodolfo Militello. That was a dangerous pass.</t>
   </si>
   <si>
     <t>#2 Martin Newsome - QB</t>
   </si>
   <si>
     <t>#28 Ronald Luna - RB</t>
   </si>
   <si>
     <t>#89 George Jones - WR</t>
   </si>
@@ -644,51 +644,51 @@
   <si>
     <t>#74 Nicolas Corley - RG</t>
   </si>
   <si>
     <t>#62 James Hall - LT</t>
   </si>
   <si>
     <t>#79 Michael Allan - RDE</t>
   </si>
   <si>
     <t>10:02</t>
   </si>
   <si>
     <t>NED 20</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>1-10-NED 20 (10:03) 9-David Gram pass incomplete, intended for 14-Juan Freed.</t>
   </si>
   <si>
-    <t>#14 Juan Freed - WR</t>
+    <t>#40 Juan Freed - FB</t>
   </si>
   <si>
     <t>9:59</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>2-10-NED 20 (10:00) 9-David Gram pass incomplete, dropped by 18-Marshall Murphy. The coverage on that play was extremely tight.</t>
   </si>
   <si>
     <t>9:56</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>3-10-NED 20 (9:57) 9-David Gram pass Pass knocked down by 44-Clay Briggs. incomplete, intended for 18-Marshall Murphy.</t>
   </si>
   <si>
     <t>9:52</t>
   </si>
   <si>
     <t>4-10-NED 20 (9:53) 1-Jeremiah Jessup punts 46 yards to NOS 34. 11-Kristopher Gatewood to NOS 39 for 6 yards. Tackle by 26-James Rae.</t>
   </si>
@@ -803,93 +803,93 @@
   <si>
     <t>3-7-NED 20 (6:24) 28-Ronald Luna ran to NED 21 for -1 yards. Tackle by 70-Michael Williams.</t>
   </si>
   <si>
     <t>5:44</t>
   </si>
   <si>
     <t>NED 21</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-8-NED 21 (5:43) 3-Thomas Spielman 39 yard field goal is GOOD. NOS 3 NED 0</t>
   </si>
   <si>
     <t>#9 John Koch - QB</t>
   </si>
   <si>
     <t>#98 Phillip Merritt - MLB</t>
   </si>
   <si>
-    <t>#71 Vernon Smith - RDE</t>
+    <t>#52 Vernon Smith - LDE</t>
   </si>
   <si>
     <t>5:39</t>
   </si>
   <si>
     <t>(5:40) 3-Thomas Spielman kicks 75 yards from NOS 35 to NED -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-NED 25 (5:40) 9-David Gram pass complete to 32-Jimmie Cabrera to NED 27 for 2 yards. Tackle by 44-Clay Briggs.</t>
   </si>
   <si>
     <t>4:55</t>
   </si>
   <si>
     <t>NED 27</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>2-8-NED 27 (4:54) 23-William Byars ran to NED 27 for 1 yards. Tackle by 95-Joe Green.</t>
   </si>
   <si>
     <t>4:16</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>3-8-NED 27 (4:15) 9-David Gram pass complete to 18-Johnny Wells to NED 30 for 2 yards. Tackle by 33-Fredrick Jackson. NED 69-Kenny Burke was injured on the play. He looks like he should be able to return. NOS 33-Fredrick Jackson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:36</t>
   </si>
   <si>
     <t>NED 30</t>
   </si>
   <si>
     <t>4-5-NED 30 (3:35) 1-Jeremiah Jessup punts 46 yards to NOS 24. 11-Kristopher Gatewood to NOS 30 for 6 yards. Tackle by 26-James Rae.</t>
   </si>
   <si>
-    <t>#84 Sean Haun - TE</t>
+    <t>#42 Sean Haun - FB</t>
   </si>
   <si>
     <t>3:26</t>
   </si>
   <si>
     <t>NOS 30</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-NOS 30 (3:27) PENALTY - False Start (NOS 55-Robert Jeon)</t>
   </si>
   <si>
     <t>NOS 25</t>
   </si>
   <si>
     <t>I Formation Power HB Draw</t>
   </si>
   <si>
     <t>1-15-NOS 25 (3:27) 28-Ronald Luna ran to NOS 26 for 1 yards. Tackle by 75-Don Cross.</t>
   </si>
@@ -1229,51 +1229,51 @@
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>3-2-NOS 38 (1:57) 2-Martin Newsome pass complete to 39-Michael Buhl to NED 33 for 29 yards. Nice job by 39-Michael Buhl on that route to lose his coverage.</t>
   </si>
   <si>
     <t>1:49</t>
   </si>
   <si>
     <t>NED 33</t>
   </si>
   <si>
     <t>1-10-NED 33 (1:50) 2-Martin Newsome pass complete to 17-Rodolfo Militello to NED 23 for 10 yards. Tackle by 48-Justin Hucks.</t>
   </si>
   <si>
     <t>1:27</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-1-NED 23 (1:26) 2-Martin Newsome pass complete to 84-Charles Uresti to NED 10 for 13 yards. Tackle by 44-Jeffrey Cantor.</t>
   </si>
   <si>
-    <t>#50 Paul Winters - MLB</t>
+    <t>#50 Paul Winters - SLB</t>
   </si>
   <si>
     <t>#44 Jeffrey Cantor - CB</t>
   </si>
   <si>
     <t>1:04</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-NED 10 (1:03) 2-Martin Newsome pass Pass knocked down by 35-Francis Escobedo. incomplete, intended for 16-Gary Wiggins.</t>
   </si>
   <si>
     <t>#16 Gary Wiggins - WR</t>
   </si>
   <si>
     <t>0:58</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
@@ -2247,94 +2247,94 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="408.043" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">