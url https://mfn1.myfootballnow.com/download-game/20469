--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -290,99 +290,99 @@
   <si>
     <t>MIA</t>
   </si>
   <si>
     <t>MIA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Daniel Liller kicks 75 yards from MIA 35 to BUF -10. Touchback.</t>
   </si>
   <si>
     <t>#25 William McCall - RB</t>
   </si>
   <si>
     <t>#38 William Johnson - FS</t>
   </si>
   <si>
     <t>#22 Richard Lewis - CB</t>
   </si>
   <si>
-    <t>#42 John Dearborn - CB</t>
-[...5 lines deleted...]
-    <t>#62 Bradley Booker - DT</t>
+    <t>#27 John Dearborn - CB</t>
+  </si>
+  <si>
+    <t>#54 James Glade - MLB</t>
+  </si>
+  <si>
+    <t>#54 Bradley Booker - DT</t>
   </si>
   <si>
     <t>#98 Shane Noe - WLB</t>
   </si>
   <si>
     <t>#76 Jose Huffman - RDE</t>
   </si>
   <si>
-    <t>#53 Jack Harris - WLB</t>
+    <t>#43 Jack Harris - MLB</t>
   </si>
   <si>
     <t>#96 Daniel Rosas - DT</t>
   </si>
   <si>
-    <t>#72 Jason Long - DT</t>
+    <t>#72 Jason Long - LDE</t>
   </si>
   <si>
     <t>#9 Daniel Liller - K</t>
   </si>
   <si>
     <t>BUF</t>
   </si>
   <si>
     <t>BUF 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Dime Normal 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-BUF 25 (15:00) 25-William McCall ran to BUF 28 for 3 yards. Tackle by 54-Brian Silverberg.</t>
   </si>
   <si>
     <t>#6 Terry Leiser - QB</t>
   </si>
   <si>
     <t>#85 Kurt Santana - TE</t>
   </si>
   <si>
-    <t>#82 Sean Taylor - WR</t>
+    <t>#19 Sean Taylor - WR</t>
   </si>
   <si>
     <t>#12 John Sargent - WR</t>
   </si>
   <si>
     <t>#19 Robert Mitchell - WR</t>
   </si>
   <si>
     <t>#65 Jerry Easterling - RT</t>
   </si>
   <si>
     <t>#75 Robert Crawford - LG</t>
   </si>
   <si>
     <t>#70 Ellis Escobedo - C</t>
   </si>
   <si>
     <t>#57 Jason Campbell - RG</t>
   </si>
   <si>
     <t>#30 Douglas Jones - RT</t>
   </si>
   <si>
     <t>#50 Felix Kaplan - LDE</t>
   </si>
@@ -431,144 +431,144 @@
   <si>
     <t>2-7-BUF 28 (14:21) 25-William McCall ran to BUF 31 for 3 yards. Tackle by 52-Dan Cooper.</t>
   </si>
   <si>
     <t>#53 Philip Bostick - SLB</t>
   </si>
   <si>
     <t>#52 Dan Cooper - WLB</t>
   </si>
   <si>
     <t>13:41</t>
   </si>
   <si>
     <t>BUF 31</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>3-4-BUF 31 (13:40) 25-William McCall ran to BUF 31 for a short gain. Tackle by 50-Felix Kaplan.</t>
   </si>
   <si>
     <t>#36 Raul Carter - RB</t>
   </si>
   <si>
-    <t>#41 John Tarrant - FB</t>
+    <t>#62 John Tarrant - RG</t>
   </si>
   <si>
     <t>#87 Jerry Jimenez - TE</t>
   </si>
   <si>
     <t>13:05</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-BUF 31 (13:04) 8-David Henderson punts 45 yards to MIA 24. Fair Catch by 47-Keith Napoli.</t>
   </si>
   <si>
     <t>#8 David Henderson - P</t>
   </si>
   <si>
     <t>#59 Richard Griffin - C</t>
   </si>
   <si>
     <t>#47 Keith Napoli - RB</t>
   </si>
   <si>
     <t>#95 Greg Stanley - MLB</t>
   </si>
   <si>
     <t>#36 Ruben Lopez - SS</t>
   </si>
   <si>
     <t>#98 David Levinson - LDE</t>
   </si>
   <si>
-    <t>#73 Donald Munoz - LDE</t>
-[...2 lines deleted...]
-    <t>#50 Peter Keenan - RT</t>
+    <t>#90 Donald Munoz - LDE</t>
+  </si>
+  <si>
+    <t>#50 Peter Keenan - RG</t>
   </si>
   <si>
     <t>#58 Chris Barrett - RDE</t>
   </si>
   <si>
     <t>#51 Aaron Johnson - MLB</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
   <si>
     <t>MIA 24</t>
   </si>
   <si>
     <t>Singleback Normal SE Quick Hit</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-MIA 24 (12:57) 5-Tommy Arnold pass complete to 86-Julius Watts to MIA 32 for 8 yards. Tackle by 55-James Glade.</t>
   </si>
   <si>
     <t>#5 Tommy Arnold - QB</t>
   </si>
   <si>
     <t>#42 Matthew Ulmer - RB</t>
   </si>
   <si>
     <t>#86 Julius Watts - TE</t>
   </si>
   <si>
-    <t>#15 Peter Black - WR</t>
+    <t>#8 Peter Black - WR</t>
   </si>
   <si>
     <t>#14 Leroy Castillo - WR</t>
   </si>
   <si>
     <t>#11 David Cooper - WR</t>
   </si>
   <si>
-    <t>#70 George McCallum - LT</t>
-[...2 lines deleted...]
-    <t>#61 Kevin Guillory - C</t>
+    <t>#72 George McCallum - RT</t>
+  </si>
+  <si>
+    <t>#71 Kevin Guillory - LT</t>
   </si>
   <si>
     <t>#73 Michael Holmes - C</t>
   </si>
   <si>
     <t>#74 Theodore Clark - LT</t>
   </si>
   <si>
-    <t>#78 Victor Jandreau - RT</t>
+    <t>#61 Victor Jandreau - RG</t>
   </si>
   <si>
     <t>#26 James Adams - CB</t>
   </si>
   <si>
     <t>#37 Rafael Calloway - SS</t>
   </si>
   <si>
     <t>12:23</t>
   </si>
   <si>
     <t>MIA 32</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-2-MIA 32 (12:22) 5-Tommy Arnold pass complete to 15-Peter Black to MIA 39 for 7 yards. Tackle by 22-Richard Lewis.</t>
   </si>
   <si>
     <t>#44 Ollie Vick - FB</t>
   </si>
@@ -698,51 +698,51 @@
   <si>
     <t>7:28</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>3-7-MIA 12 (7:27) 5-Tommy Arnold pass complete to 86-Julius Watts to MIA 18 for 5 yards. Tackle by 98-Shane Noe.</t>
   </si>
   <si>
     <t>6:53</t>
   </si>
   <si>
     <t>MIA 18</t>
   </si>
   <si>
     <t>4-2-MIA 18 (6:52) 6-Kenneth Hammond punts 56 yards to BUF 27.</t>
   </si>
   <si>
     <t>#6 Kenneth Hammond - P</t>
   </si>
   <si>
     <t>#65 Travis Griggs - C</t>
   </si>
   <si>
-    <t>#75 William Sasse - RT</t>
+    <t>#75 William Sasse - LT</t>
   </si>
   <si>
     <t>#81 Charles Fontenot - TE</t>
   </si>
   <si>
     <t>#63 Adam Newman - DT</t>
   </si>
   <si>
     <t>6:41</t>
   </si>
   <si>
     <t>BUF 27</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-BUF 27 (6:42) 25-William McCall ran to BUF 29 for 2 yards. Tackle by 52-Dan Cooper.</t>
   </si>
   <si>
     <t>6:01</t>
   </si>
   <si>
     <t>BUF 29</t>
   </si>
@@ -887,54 +887,54 @@
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>BUF 7</t>
   </si>
   <si>
     <t>2-7-BUF 7 (14:23) 21-Johnny Walls ran for 7 yards. TOUCHDOWN! MIA 6 BUF 0</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>BUF 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(14:19) Extra point GOOD by 9-Daniel Liller. MIA 7 BUF 0</t>
   </si>
   <si>
-    <t>#58 Charlie Otis - MLB</t>
-[...2 lines deleted...]
-    <t>#90 Phillip Chandler - MLB</t>
+    <t>#91 Charlie Otis - MLB</t>
+  </si>
+  <si>
+    <t>#1 Phillip Chandler - SLB</t>
   </si>
   <si>
     <t>#51 Richard Lollar - RDE</t>
   </si>
   <si>
     <t>(14:19) 9-Daniel Liller kicks 74 yards from MIA 35 to BUF -9. Touchback.</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>1-10-BUF 25 (14:19) 6-Terry Leiser pass complete to 85-Kurt Santana to BUF 34 for 9 yards. Tackle by 52-Dan Cooper.</t>
   </si>
   <si>
     <t>#50 Ron Slater - SLB</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>BUF 34</t>
   </si>
   <si>
     <t>Singleback Big Waggle Post</t>
   </si>
@@ -2347,63 +2347,63 @@
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">