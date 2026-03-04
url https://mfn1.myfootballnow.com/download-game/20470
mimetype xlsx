--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -287,108 +287,108 @@
   <si>
     <t>LOS has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>LOS</t>
   </si>
   <si>
     <t>LOS 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 13-Bobby Montez kicks 74 yards from LOS 35 to ATL -9. Touchback.</t>
   </si>
   <si>
     <t>#34 Clifford Stith - RB</t>
   </si>
   <si>
     <t>#54 Jimmie Robinson - RG</t>
   </si>
   <si>
-    <t>#99 Jimmy Deleon - MLB</t>
+    <t>#56 Jimmy Deleon - MLB</t>
   </si>
   <si>
     <t>#83 Henry Allen - TE</t>
   </si>
   <si>
-    <t>#96 Michael Jacks - DT</t>
+    <t>#73 Michael Jacks - DT</t>
   </si>
   <si>
     <t>#95 Joseph Nunez - WLB</t>
   </si>
   <si>
     <t>#26 Robert Lamberton - FS</t>
   </si>
   <si>
     <t>#24 Jeffrey Oreilly - CB</t>
   </si>
   <si>
     <t>#30 Jack Prescott - FS</t>
   </si>
   <si>
     <t>#2 Malcom Brown - SS</t>
   </si>
   <si>
     <t>#90 Ralph Garcia - DT</t>
   </si>
   <si>
     <t>#13 Bobby Montez - K</t>
   </si>
   <si>
     <t>ATL</t>
   </si>
   <si>
     <t>ATL 25</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-ATL 25 (15:00) 1-Rodney McRoberts pass Pass knocked down by 52-William Smith. incomplete, intended for 81-Toby Gill.</t>
   </si>
   <si>
     <t>#1 Rodney McRoberts - QB</t>
   </si>
   <si>
     <t>#47 Frank Upshaw - RB</t>
   </si>
   <si>
-    <t>#31 James Fitzpatrick - FB</t>
+    <t>#41 James Fitzpatrick - FB</t>
   </si>
   <si>
     <t>#81 Toby Gill - TE</t>
   </si>
   <si>
-    <t>#10 Elliot Stephenson - WR</t>
+    <t>#11 Elliot Stephenson - WR</t>
   </si>
   <si>
     <t>#82 Alfred Colvin - WR</t>
   </si>
   <si>
     <t>#63 Edward Collins - LT</t>
   </si>
   <si>
     <t>#50 Brian Smith - LG</t>
   </si>
   <si>
     <t>#78 Robert Williams - C</t>
   </si>
   <si>
     <t>#77 Jose Herrera - RG</t>
   </si>
   <si>
     <t>#75 Hector Burr - RT</t>
   </si>
   <si>
     <t>#57 Joel Gray - LDE</t>
   </si>
   <si>
     <t>#98 Steve Scherr - DT</t>
   </si>
@@ -485,123 +485,123 @@
   <si>
     <t>#58 John Starling - RG</t>
   </si>
   <si>
     <t>#71 John Moylan - LT</t>
   </si>
   <si>
     <t>#68 Thomas Pepper - RDE</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>LOS 21</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>1-10-LOS 21 (13:36) 3-Earnest Dean pass complete to 82-Anthony Knowles to LOS 28 for 7 yards. Tackle by 40-Justin Mizell. 82-Anthony Knowles breaks down the CB.</t>
   </si>
   <si>
     <t>#3 Earnest Dean - QB</t>
   </si>
   <si>
-    <t>#44 Roosevelt Bonilla - RB</t>
+    <t>#35 Roosevelt Bonilla - RB</t>
   </si>
   <si>
     <t>#82 Anthony Knowles - TE</t>
   </si>
   <si>
     <t>#84 Hector Martin - TE</t>
   </si>
   <si>
-    <t>#83 Rene Diaz - WR</t>
+    <t>#16 Rene Diaz - WR</t>
   </si>
   <si>
     <t>#53 Charles Beckham - LT</t>
   </si>
   <si>
     <t>#24 Raymond Miller - LG</t>
   </si>
   <si>
     <t>#59 Justin Billings - C</t>
   </si>
   <si>
     <t>#77 Frederick Tope - RG</t>
   </si>
   <si>
     <t>#60 Bryant Holliday - RT</t>
   </si>
   <si>
     <t>#94 Jose Scott - LDE</t>
   </si>
   <si>
     <t>#98 Chester Johnson - RDE</t>
   </si>
   <si>
     <t>#56 Rayford Russell - SLB</t>
   </si>
   <si>
-    <t>#59 James Taylor - MLB</t>
+    <t>#4 James Taylor - FS</t>
   </si>
   <si>
     <t>#40 Justin Mizell - CB</t>
   </si>
   <si>
     <t>#28 John Porter - CB</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>LOS 28</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-3-LOS 28 (13:00) 3-Earnest Dean pass complete to 44-Roosevelt Bonilla to LOS 35 for 7 yards. Tackle by 56-Rayford Russell.</t>
   </si>
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-LOS 35 (12:13) 40-Leonard Marshall ran to LOS 47 for 12 yards. Tackle by 40-Justin Mizell.</t>
   </si>
   <si>
-    <t>#40 Leonard Marshall - RB</t>
+    <t>#27 Leonard Marshall - RB</t>
   </si>
   <si>
     <t>11:36</t>
   </si>
   <si>
     <t>LOS 47</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-LOS 47 (11:35) 3-Earnest Dean pass complete to 82-Anthony Knowles to ATL 45 for 7 yards. Tackle by 26-Robert Lamberton.</t>
   </si>
   <si>
     <t>10:52</t>
   </si>
   <si>
     <t>ATL 45</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
@@ -659,51 +659,51 @@
   <si>
     <t>1-10-ATL 20 (8:53) 41-John Medley ran to ATL 10 for 9 yards. Tackle by 2-Malcom Brown.</t>
   </si>
   <si>
     <t>#41 John Medley - RB</t>
   </si>
   <si>
     <t>#81 Walter Nawrocki - WR</t>
   </si>
   <si>
     <t>8:09</t>
   </si>
   <si>
     <t>ATL 10</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>2-1-ATL 10 (8:08) 3-Earnest Dean pass Pass knocked down by 28-John Porter. incomplete, intended for 82-Anthony Knowles.</t>
   </si>
   <si>
     <t>#87 Karl Henderson - TE</t>
   </si>
   <si>
-    <t>#97 Louis Spurgeon - LDE</t>
+    <t>#52 Louis Spurgeon - LDE</t>
   </si>
   <si>
     <t>8:03</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>3-1-ATL 10 (8:04) PENALTY - False Start (LOS 60-Bryant Holliday)</t>
   </si>
   <si>
     <t>ATL 15</t>
   </si>
   <si>
     <t>3-6-ATL 15 (8:04) 3-Earnest Dean pass complete to 44-Roosevelt Bonilla to ATL 13 for 2 yards. Tackle by 28-John Porter.</t>
   </si>
   <si>
     <t>7:23</t>
   </si>
   <si>
     <t>ATL 13</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>