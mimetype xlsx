--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -305,51 +305,51 @@
   <si>
     <t>#39 Michael Buhl - RB</t>
   </si>
   <si>
     <t>#44 Willian Tucker - SS</t>
   </si>
   <si>
     <t>#45 Glenn Galvin - CB</t>
   </si>
   <si>
     <t>#51 Larry Hawthorne - LDE</t>
   </si>
   <si>
     <t>#97 John Hemphill - WLB</t>
   </si>
   <si>
     <t>#93 Michael Thomas - LDE</t>
   </si>
   <si>
     <t>#92 Mark Parker - MLB</t>
   </si>
   <si>
     <t>#31 Edward Vincent - CB</t>
   </si>
   <si>
-    <t>#98 Norman Muff - DT</t>
+    <t>#68 Norman Muff - DT</t>
   </si>
   <si>
     <t>#53 Lewis Marshall - MLB</t>
   </si>
   <si>
     <t>#84 Charles Uresti - WR</t>
   </si>
   <si>
     <t>#3 Russell Everett - K</t>
   </si>
   <si>
     <t>NOS</t>
   </si>
   <si>
     <t>NOS 25</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-NOS 25 (15:00) 2-Martin Newsome pass complete to 17-Rodolfo Militello to NOS 33 for 8 yards. Tackle by 35-Danny Matteson.</t>
   </si>
@@ -383,102 +383,102 @@
   <si>
     <t>#76 Adam Wilson - RG</t>
   </si>
   <si>
     <t>#55 Robert Jeon - RT</t>
   </si>
   <si>
     <t>#94 Scot Fick - LDE</t>
   </si>
   <si>
     <t>#73 Edward Ashby - DT</t>
   </si>
   <si>
     <t>#76 Darryl Hurt - DT</t>
   </si>
   <si>
     <t>#95 Keven Swain - DT</t>
   </si>
   <si>
     <t>#91 Charles Hensley - RDE</t>
   </si>
   <si>
     <t>#50 Donald Kendricks - WLB</t>
   </si>
   <si>
-    <t>#51 Angelo Sadler - MLB</t>
+    <t>#99 Angelo Sadler - MLB</t>
   </si>
   <si>
     <t>#56 Juan Dryden - WLB</t>
   </si>
   <si>
     <t>#49 Donald Cronk - CB</t>
   </si>
   <si>
     <t>#35 Danny Matteson - CB</t>
   </si>
   <si>
     <t>#40 Robert Vasquez - CB</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>NOS 33</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>2-2-NOS 33 (14:19) 2-Martin Newsome pass incomplete, dropped by 15-Myron Haggerty.</t>
   </si>
   <si>
     <t>#86 Israel Pape - WR</t>
   </si>
   <si>
     <t>#15 Myron Haggerty - WR</t>
   </si>
   <si>
     <t>#49 Alex Sellers - FS</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>
   <si>
     <t>3-2-NOS 33 (14:13) 28-Ronald Luna ran to NOS 35 for 2 yards. Tackle by 56-Juan Dryden.</t>
   </si>
   <si>
-    <t>#30 Tyrone Iraheta - CB</t>
+    <t>#22 Tyrone Iraheta - CB</t>
   </si>
   <si>
     <t>#36 Dana Pedigo - CB</t>
   </si>
   <si>
     <t>#48 Anthony Carpenter - CB</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>NOS 35</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-NOS 35 (13:39) 28-Ronald Luna ran to NOS 41 for 6 yards. Tackle by 40-Robert Vasquez.</t>
   </si>
   <si>
     <t>13:03</t>
   </si>
@@ -515,105 +515,105 @@
   <si>
     <t>#3 Thomas Spielman - K</t>
   </si>
   <si>
     <t>#73 Thomas Williams - C</t>
   </si>
   <si>
     <t>#62 James Hall - LT</t>
   </si>
   <si>
     <t>#57 David Palacio - LG</t>
   </si>
   <si>
     <t>#56 Paul Whitney - LG</t>
   </si>
   <si>
     <t>#74 Nicolas Corley - RG</t>
   </si>
   <si>
     <t>#93 Charles Woolery - RDE</t>
   </si>
   <si>
     <t>#58 Darnell Cloutier - MLB</t>
   </si>
   <si>
-    <t>#53 Michael Alexander - MLB</t>
+    <t>#98 Michael Alexander - MLB</t>
   </si>
   <si>
     <t>#97 David Dalton - DT</t>
   </si>
   <si>
-    <t>#69 John Burns - RDE</t>
+    <t>#90 John Burns - RDE</t>
   </si>
   <si>
     <t>(12:52) 3-Thomas Spielman kicks 75 yards from NOS 35 to CHI -10. Touchback.</t>
   </si>
   <si>
     <t>#38 Peter Hulett - RB</t>
   </si>
   <si>
     <t>#59 Michael Hall - WLB</t>
   </si>
   <si>
     <t>CHI 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-CHI 25 (12:52) 16-Charles Myers pass INTERCEPTED by 92-Mark Parker at CHI 29. 92-Mark Parker to CHI 24 for 5 yards. Tackle by 60-Horace Taylor.</t>
   </si>
   <si>
     <t>#16 Charles Myers - QB</t>
   </si>
   <si>
     <t>#80 Brent Rendon - WR</t>
   </si>
   <si>
     <t>#85 Dennis Miller - TE</t>
   </si>
   <si>
     <t>#14 Francisco Medrano - WR</t>
   </si>
   <si>
     <t>#10 Zachary Varney - WR</t>
   </si>
   <si>
     <t>#77 Robert Desrosiers - LT</t>
   </si>
   <si>
     <t>#67 Tommy Brown - LG</t>
   </si>
   <si>
     <t>#60 Horace Taylor - C</t>
   </si>
   <si>
-    <t>#66 Kevin Link - RG</t>
+    <t>#62 Kevin Link - RG</t>
   </si>
   <si>
     <t>#71 Caleb Evelyn - RT</t>
   </si>
   <si>
     <t>#67 Tracy Killian - LDE</t>
   </si>
   <si>
     <t>#95 Joe Green - SLB</t>
   </si>
   <si>
     <t>#44 Clay Briggs - CB</t>
   </si>
   <si>
     <t>#33 Fredrick Jackson - CB</t>
   </si>
   <si>
     <t>#20 Gary William - FS</t>
   </si>
   <si>
     <t>#47 John Raines - FS</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
@@ -836,51 +836,51 @@
   <si>
     <t>I Formation Power Play Action Bomb</t>
   </si>
   <si>
     <t>2-12-NOS 19 (5:24) 2-Martin Newsome sacked at NOS 12 for -7 yards (51-Angelo Sadler). Sack allowed by 17-Rodolfo Militello.</t>
   </si>
   <si>
     <t>4:46</t>
   </si>
   <si>
     <t>NOS 12</t>
   </si>
   <si>
     <t>3-18-NOS 12 (4:45) 2-Martin Newsome pass INTERCEPTED by 40-Robert Vasquez at NOS 25. 40-Robert Vasquez to NOS 0 for 25 yards. TOUCHDOWN! Pressure by 91-Charles Hensley. NOS 10 CHI 6</t>
   </si>
   <si>
     <t>4:36</t>
   </si>
   <si>
     <t>NOS 15</t>
   </si>
   <si>
     <t>(4:37) Extra point GOOD by 3-Russell Everett. NOS 10 CHI 7</t>
   </si>
   <si>
-    <t>#61 Kevin Alder - C</t>
+    <t>#56 Kevin Alder - C</t>
   </si>
   <si>
     <t>#10 Samuel Keyser - WR</t>
   </si>
   <si>
     <t>(4:37) 3-Russell Everett kicks 74 yards from CHI 35 to NOS -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-NOS 25 (4:37) 28-Ronald Luna ran to NOS 30 for 5 yards. Tackle by 35-Danny Matteson.</t>
   </si>
   <si>
     <t>4:05</t>
   </si>
   <si>
     <t>NOS 30</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>2-5-NOS 30 (4:04) 2-Martin Newsome pass complete to 15-Myron Haggerty to NOS 43 for 13 yards. Tackle by 35-Danny Matteson. CHI 94-Scot Fick was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:23</t>
   </si>