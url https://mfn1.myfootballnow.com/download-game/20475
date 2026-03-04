--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -308,51 +308,51 @@
   <si>
     <t>#59 Steven Jung - WLB</t>
   </si>
   <si>
     <t>#39 Ryan Lane - CB</t>
   </si>
   <si>
     <t>#55 Dennis Goodman - MLB</t>
   </si>
   <si>
     <t>#20 Johnny Pace - SS</t>
   </si>
   <si>
     <t>#31 Jason Forrester - CB</t>
   </si>
   <si>
     <t>#93 Trenton Larsen - RDE</t>
   </si>
   <si>
     <t>#57 Zane Hall - MLB</t>
   </si>
   <si>
     <t>#24 Andre Bolden - FS</t>
   </si>
   <si>
-    <t>#97 Robert McCullough - DT</t>
+    <t>#64 Robert McCullough - LDE</t>
   </si>
   <si>
     <t>#29 Robert Eaton - CB</t>
   </si>
   <si>
     <t>#13 Bobby Montez - K</t>
   </si>
   <si>
     <t>NYN</t>
   </si>
   <si>
     <t>NYN 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-NYN 25 (15:00) 35-Vicente Degnan ran to NYN 24 for -1 yards. Tackle by 56-Jason Bowlby. LOS 90-Louis Heath was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#9 Thomas Parsley - QB</t>
   </si>
@@ -449,51 +449,51 @@
   <si>
     <t>3-11-NYN 24 (13:37) 30-Troy Rivers ran to NYN 35 for 11 yards. Tackle by 1-Floyd Roussel.</t>
   </si>
   <si>
     <t>#86 Jason Roth - TE</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>NYN 35</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-NYN 35 (12:56) PENALTY - False Start (NYN 65-Joshua Hawkins)</t>
   </si>
   <si>
     <t>#64 Mike Roberts - C</t>
   </si>
   <si>
-    <t>#36 Christopher Fry - RB</t>
+    <t>#49 Christopher Fry - RB</t>
   </si>
   <si>
     <t>#50 Bob Parsons - LDE</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>NYN 30</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-15-NYN 30 (12:56) 9-Thomas Parsley pass complete to 13-Larry Thomas to LOS 50 for 20 yards. Tackle by 1-Floyd Roussel.</t>
   </si>
   <si>
     <t>#31 Donald Butts - CB</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
@@ -608,87 +608,87 @@
   <si>
     <t>#15 John Flanagan - WR</t>
   </si>
   <si>
     <t>#29 Curtis Horwitz - FS</t>
   </si>
   <si>
     <t>#30 Charles Houston - SS</t>
   </si>
   <si>
     <t>LOS 25</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-LOS 25 (9:36) 3-Earnest Dean pass complete to 82-Anthony Knowles to LOS 34 for 9 yards. Tackle by 21-Antonio Cromartie.</t>
   </si>
   <si>
     <t>#3 Earnest Dean - QB</t>
   </si>
   <si>
-    <t>#44 Roosevelt Bonilla - RB</t>
+    <t>#35 Roosevelt Bonilla - RB</t>
   </si>
   <si>
     <t>#87 Karl Henderson - TE</t>
   </si>
   <si>
     <t>#84 Hector Martin - TE</t>
   </si>
   <si>
     <t>#82 Anthony Knowles - TE</t>
   </si>
   <si>
-    <t>#83 Rene Diaz - WR</t>
+    <t>#16 Rene Diaz - WR</t>
   </si>
   <si>
     <t>#53 Charles Beckham - LT</t>
   </si>
   <si>
     <t>#67 James Reese - C</t>
   </si>
   <si>
     <t>#59 Justin Billings - C</t>
   </si>
   <si>
     <t>#77 Frederick Tope - RG</t>
   </si>
   <si>
     <t>#60 Bryant Holliday - RT</t>
   </si>
   <si>
     <t>#94 John Herzog - LDE</t>
   </si>
   <si>
     <t>#99 Andrew Ray - LDE</t>
   </si>
   <si>
-    <t>#91 Kyle Connor - DT</t>
+    <t>#69 Kyle Connor - DT</t>
   </si>
   <si>
     <t>#21 Antonio Cromartie - CB</t>
   </si>
   <si>
     <t>8:54</t>
   </si>
   <si>
     <t>LOS 34</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-1-LOS 34 (8:53) 44-Roosevelt Bonilla ran to LOS 39 for 5 yards. Tackle by 21-Antonio Cromartie.</t>
   </si>
   <si>
     <t>#18 Darrell Agee - WR</t>
   </si>
   <si>
     <t>#41 James Nielsen - CB</t>
   </si>
   <si>
     <t>#47 Jamie Miller - CB</t>
   </si>
@@ -710,51 +710,51 @@
   <si>
     <t>LOS 42</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>2-7-LOS 42 (7:30) 3-Earnest Dean pass complete to 44-Roosevelt Bonilla to LOS 48 for 5 yards. Tackle by 20-Johnny Pace. LOS 60-Bryant Holliday was injured on the play.</t>
   </si>
   <si>
     <t>6:56</t>
   </si>
   <si>
     <t>LOS 48</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-1-LOS 48 (6:55) 3-Earnest Dean pass complete to 82-Anthony Knowles to NYN 46 for 6 yards. Tackle by 31-Jason Forrester.</t>
   </si>
   <si>
-    <t>#40 Leonard Marshall - RB</t>
+    <t>#27 Leonard Marshall - RB</t>
   </si>
   <si>
     <t>#76 Michael Cohen - RT</t>
   </si>
   <si>
     <t>6:19</t>
   </si>
   <si>
     <t>NYN 46</t>
   </si>
   <si>
     <t>Singleback Empty 4 TE Drag WR Mix</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-NYN 46 (6:18) 3-Earnest Dean pass complete to 83-Rene Diaz to NYN 45 for 1 yards. Tackle by 39-Ryan Lane.</t>
   </si>
   <si>
     <t>#87 Joshua Hsieh - WR</t>
   </si>
   <si>
     <t>5:44</t>
   </si>
@@ -848,51 +848,51 @@
   <si>
     <t>3-7-NYN 22 (2:55) 9-Thomas Parsley pass Pass knocked down by 32-Anthony Jensen. incomplete, intended for 13-Larry Thomas.</t>
   </si>
   <si>
     <t>2:50</t>
   </si>
   <si>
     <t>4-7-NYN 22 (2:51) 2-Doyle Armstrong punts 47 yards to LOS 31. 15-John Flanagan to LOS 42 for 11 yards. Tackle by 65-Joshua Hawkins.</t>
   </si>
   <si>
     <t>2:42</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-LOS 42 (2:43) 44-Roosevelt Bonilla ran to LOS 39 for -2 yards. Tackle by 59-Steven Jung.</t>
   </si>
   <si>
     <t>#54 Rafael Kirk - WLB</t>
   </si>
   <si>
-    <t>#58 Noah McBee - SLB</t>
+    <t>#95 Noah McBee - SLB</t>
   </si>
   <si>
     <t>2:06</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-12-LOS 39 (2:05) 3-Earnest Dean pass complete to 82-Anthony Knowles to LOS 47 for 8 yards. Tackle by 55-Dennis Goodman.</t>
   </si>
   <si>
     <t>1:31</t>
   </si>
   <si>
     <t>LOS 47</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>3-4-LOS 47 (1:30) 3-Earnest Dean pass Pass knocked down by 39-Ryan Lane. incomplete, intended for 44-Roosevelt Bonilla.</t>
   </si>
@@ -1181,51 +1181,51 @@
   <si>
     <t>2:12</t>
   </si>
   <si>
     <t>3-2-LOS 25 (2:11) 35-Vicente Degnan ran to LOS 18 for 8 yards. Tackle by 57-Joel Gray. PENALTY - Facemask (LOS 57-Joel Gray)</t>
   </si>
   <si>
     <t>2:05</t>
   </si>
   <si>
     <t>LOS 9</t>
   </si>
   <si>
     <t>1-9-LOS 9 (2:06) 9-Thomas Parsley pass Pass knocked down by 32-Anthony Jensen. incomplete, intended for 18-Frank Davis.</t>
   </si>
   <si>
     <t>2:01</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>2-9-LOS 9 (2:02) 9-Thomas Parsley pass complete to 16-Charles Best to LOS 0 for 9 yards. TOUCHDOWN! LOS 0 NYN 16</t>
   </si>
   <si>
-    <t>#16 Charles Best - WR</t>
+    <t>#17 Charles Best - WR</t>
   </si>
   <si>
     <t>1:58</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>1:57</t>
   </si>
   <si>
     <t>(1:58) Extra point GOOD by 3-Jonathan McCord. LOS 0 NYN 17</t>
   </si>
   <si>
     <t>(1:58) 3-Jonathan McCord kicks 71 yards from NYN 35 to LOS -6. Touchback.</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-LOS 25 (1:58) 44-Roosevelt Bonilla ran to LOS 29 for 4 yards. Tackle by 54-Rafael Kirk.</t>
   </si>
   <si>
     <t>LOS 29</t>
   </si>
@@ -2220,100 +2220,100 @@
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="343.202" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="81" max="81" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">