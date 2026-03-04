--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -284,144 +284,144 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>WAS has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>ATL</t>
   </si>
   <si>
     <t>ATL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Stephen Figaro kicks 72 yards from ATL 35 to WAS -7. Touchback.</t>
   </si>
   <si>
     <t>#22 Richard Johnson - RB</t>
   </si>
   <si>
-    <t>#33 Robert Sterling - RB</t>
+    <t>#22 Robert Sterling - RB</t>
   </si>
   <si>
     <t>#72 Richard Ristau - LDE</t>
   </si>
   <si>
     <t>#54 Michael Henderson - WLB</t>
   </si>
   <si>
     <t>#61 Edgar Overturf - DT</t>
   </si>
   <si>
     <t>#62 Don Lilly - LDE</t>
   </si>
   <si>
-    <t>#44 Richard Arwood - CB</t>
-[...2 lines deleted...]
-    <t>#37 Michael Oyler - CB</t>
+    <t>#44 Richard Arwood - FS</t>
+  </si>
+  <si>
+    <t>#37 Michael Oyler - SS</t>
   </si>
   <si>
     <t>#52 Henry Aaron - RDE</t>
   </si>
   <si>
     <t>#75 Jeffery Hodges - DT</t>
   </si>
   <si>
     <t>#96 Vincent Albertson - MLB</t>
   </si>
   <si>
     <t>#9 Stephen Figaro - K</t>
   </si>
   <si>
     <t>WAS</t>
   </si>
   <si>
     <t>WAS 25</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-WAS 25 (15:00) 16-William Maheu pass Pass knocked down by 28-John Porter. incomplete, intended for 87-James Spinelli. WAS 68-John Anderson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#16 William Maheu - QB</t>
   </si>
   <si>
     <t>#35 Steve Stevenson - FB</t>
   </si>
   <si>
     <t>#84 George Payne - TE</t>
   </si>
   <si>
     <t>#86 Michael Massey - WR</t>
   </si>
   <si>
     <t>#87 James Spinelli - WR</t>
   </si>
   <si>
-    <t>#73 Paul Davis - RG</t>
+    <t>#61 Paul Davis - LT</t>
   </si>
   <si>
     <t>#53 Jason Gordon - C</t>
   </si>
   <si>
     <t>#60 William Hampton - C</t>
   </si>
   <si>
     <t>#65 Keith Factor - LG</t>
   </si>
   <si>
-    <t>#68 John Anderson - C</t>
+    <t>#76 John Anderson - C</t>
   </si>
   <si>
     <t>#94 Jose Scott - LDE</t>
   </si>
   <si>
     <t>#90 Ralph Garcia - DT</t>
   </si>
   <si>
-    <t>#96 Michael Jacks - DT</t>
+    <t>#73 Michael Jacks - DT</t>
   </si>
   <si>
     <t>#98 Chester Johnson - RDE</t>
   </si>
   <si>
     <t>#56 Rayford Russell - SLB</t>
   </si>
   <si>
-    <t>#59 James Taylor - MLB</t>
+    <t>#4 James Taylor - FS</t>
   </si>
   <si>
     <t>#95 Joseph Nunez - WLB</t>
   </si>
   <si>
     <t>#40 Justin Mizell - CB</t>
   </si>
   <si>
     <t>#28 John Porter - CB</t>
   </si>
   <si>
     <t>#2 Malcom Brown - SS</t>
   </si>
   <si>
     <t>#26 Robert Lamberton - FS</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
@@ -467,51 +467,51 @@
   <si>
     <t>1-10-WAS 37 (13:29) 16-William Maheu pass Pass knocked down by 28-John Porter. incomplete, intended for 87-James Spinelli. WAS 50-Donnie Putnam was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:25</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>2-10-WAS 37 (13:26) 16-William Maheu pass Pass knocked down by 40-Justin Mizell. incomplete, intended for 22-Richard Johnson.</t>
   </si>
   <si>
     <t>13:21</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>3-10-WAS 37 (13:22) 22-Richard Johnson ran to WAS 49 for 11 yards. Tackle by 26-Robert Lamberton.</t>
   </si>
   <si>
-    <t>#23 Steven Dolby - FB</t>
+    <t>#34 Steven Dolby - FB</t>
   </si>
   <si>
     <t>12:42</t>
   </si>
   <si>
     <t>WAS 49</t>
   </si>
   <si>
     <t>1-10-WAS 49 (12:41) 16-William Maheu pass complete to 86-Michael Massey to ATL 48 for 3 yards. Tackle by 95-Joseph Nunez.</t>
   </si>
   <si>
     <t>#30 Jack Prescott - FS</t>
   </si>
   <si>
     <t>12:01</t>
   </si>
   <si>
     <t>ATL 48</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>2-7-ATL 48 (12:00) 33-Robert Sterling ran to ATL 47 for 2 yards. Tackle by 98-Chester Johnson.</t>
   </si>
@@ -533,225 +533,225 @@
   <si>
     <t>#33 Edward Okeefe - SS</t>
   </si>
   <si>
     <t>11:17</t>
   </si>
   <si>
     <t>ATL 40</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-ATL 40 (11:18) 47-Frank Upshaw ran to ATL 44 for 3 yards. Tackle by 96-Vincent Albertson.</t>
   </si>
   <si>
     <t>#1 Rodney McRoberts - QB</t>
   </si>
   <si>
     <t>#47 Frank Upshaw - RB</t>
   </si>
   <si>
-    <t>#31 James Fitzpatrick - FB</t>
+    <t>#41 James Fitzpatrick - FB</t>
   </si>
   <si>
     <t>#81 Toby Gill - TE</t>
   </si>
   <si>
-    <t>#10 Elliot Stephenson - WR</t>
+    <t>#11 Elliot Stephenson - WR</t>
   </si>
   <si>
     <t>#82 Alfred Colvin - WR</t>
   </si>
   <si>
     <t>#63 Edward Collins - LT</t>
   </si>
   <si>
     <t>#50 Brian Smith - LG</t>
   </si>
   <si>
     <t>#78 Robert Williams - C</t>
   </si>
   <si>
     <t>#77 Jose Herrera - RG</t>
   </si>
   <si>
     <t>#75 Hector Burr - RT</t>
   </si>
   <si>
-    <t>#76 Clifton Hernandez - DT</t>
+    <t>#75 Clifton Hernandez - DT</t>
   </si>
   <si>
     <t>#59 Juan Deleon - SLB</t>
   </si>
   <si>
     <t>#20 Rodolfo Payne - CB</t>
   </si>
   <si>
-    <t>#49 Matthew Smith - SS</t>
+    <t>#39 Matthew Smith - FS</t>
   </si>
   <si>
     <t>#38 William Getz - FS</t>
   </si>
   <si>
     <t>10:35</t>
   </si>
   <si>
     <t>ATL 44</t>
   </si>
   <si>
     <t>I Formation Big HB Counter Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-7-ATL 44 (10:34) 47-Frank Upshaw ran to ATL 47 for 3 yards. Tackle by 54-Michael Henderson. ATL 63-Edward Collins was injured on the play. He looks like he should be able to return. WAS 76-Clifton Hernandez was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#86 David Fultz - TE</t>
   </si>
   <si>
     <t>#92 Joseph Law - LDE</t>
   </si>
   <si>
     <t>9:50</t>
   </si>
   <si>
     <t>I Formation Power HB Dive Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-3-ATL 47 (9:49) 47-Frank Upshaw ran to WAS 47 for 6 yards. Tackle by 37-Michael Oyler.</t>
   </si>
   <si>
     <t>#34 Clifford Stith - RB</t>
   </si>
   <si>
     <t>#79 Merle Robinson - C</t>
   </si>
   <si>
-    <t>#95 Christopher Butts - MLB</t>
+    <t>#91 Christopher Butts - MLB</t>
   </si>
   <si>
     <t>9:12</t>
   </si>
   <si>
     <t>WAS 47</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>1-10-WAS 47 (9:11) 1-Rodney McRoberts pass Pass knocked down by 49-Matthew Smith. incomplete, intended for 47-Frank Upshaw.</t>
   </si>
   <si>
     <t>#71 John Moylan - LT</t>
   </si>
   <si>
     <t>9:07</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone Under</t>
   </si>
   <si>
     <t>2-10-WAS 47 (9:08) 1-Rodney McRoberts pass Pass knocked down by 20-Rodolfo Payne. incomplete, intended for 82-Alfred Colvin. WAS 52-Henry Aaron was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:04</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>3-10-WAS 47 (9:05) 1-Rodney McRoberts pass complete to 47-Frank Upshaw to WAS 45 for 3 yards. Tackle by 54-Michael Henderson.</t>
   </si>
   <si>
     <t>#80 Sean Munoz - WR</t>
   </si>
   <si>
-    <t>#57 Willard Thomas - RDE</t>
+    <t>#72 Willard Thomas - LDE</t>
   </si>
   <si>
     <t>8:29</t>
   </si>
   <si>
     <t>WAS 45</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-WAS 45 (8:28) 13-John Hambright punts 33 yards to WAS 11.</t>
   </si>
   <si>
     <t>#13 John Hambright - P</t>
   </si>
   <si>
     <t>#83 Henry Allen - TE</t>
   </si>
   <si>
     <t>#58 John Starling - RG</t>
   </si>
   <si>
     <t>#54 Jimmie Robinson - RG</t>
   </si>
   <si>
     <t>8:18</t>
   </si>
   <si>
     <t>WAS 11</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>1-10-WAS 11 (8:19) 22-Richard Johnson ran to WAS 10 for -2 yards. Tackle by 94-Jose Scott.</t>
   </si>
   <si>
     <t>#28 Randall Merrow - FB</t>
   </si>
   <si>
-    <t>#83 Joe Jackson - TE</t>
-[...2 lines deleted...]
-    <t>#97 Louis Spurgeon - LDE</t>
+    <t>#73 Joe Jackson - RT</t>
+  </si>
+  <si>
+    <t>#52 Louis Spurgeon - LDE</t>
   </si>
   <si>
     <t>7:40</t>
   </si>
   <si>
     <t>WAS 10</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>2-12-WAS 10 (7:39) 22-Richard Johnson ran to WAS 21 for 11 yards. 22-Richard Johnson FUMBLES (94-Jose Scott) recovered by ATL-94-Jose Scott at WAS 25. Tackle by 22-Richard Johnson.</t>
   </si>
   <si>
     <t>7:33</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-WAS 25 (7:34) 47-Frank Upshaw ran to WAS 22 for 3 yards. Tackle by 96-Vincent Albertson.</t>
   </si>
@@ -845,102 +845,102 @@
   <si>
     <t>3:14</t>
   </si>
   <si>
     <t>WAS 0</t>
   </si>
   <si>
     <t>3-1-WAS 0 (3:13) 34-Clifford Stith ran for 0 yards. TOUCHDOWN! ATL 6 WAS 0</t>
   </si>
   <si>
     <t>#24 Daniel Crawford - RB</t>
   </si>
   <si>
     <t>3:11</t>
   </si>
   <si>
     <t>WAS 15</t>
   </si>
   <si>
     <t>(3:12) Extra point GOOD by 9-Stephen Figaro. ATL 7 WAS 0</t>
   </si>
   <si>
     <t>(3:12) 9-Stephen Figaro kicks 70 yards from ATL 35 to WAS -5. Touchback.</t>
   </si>
   <si>
-    <t>#90 Joshua Thomas - MLB</t>
+    <t>#98 Joshua Thomas - MLB</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>1-10-WAS 25 (3:12) 16-William Maheu sacked at WAS 17 for -8 yards (94-Jose Scott). Sack allowed by 68-John Anderson.</t>
   </si>
   <si>
     <t>2:33</t>
   </si>
   <si>
     <t>WAS 17</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>2-18-WAS 17 (2:32) 16-William Maheu sacked at WAS 7 for -10 yards (98-Chester Johnson). Sack allowed by 60-William Hampton.</t>
   </si>
   <si>
     <t>1:48</t>
   </si>
   <si>
     <t>WAS 7</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>3-28-WAS 7 (1:47) 16-William Maheu pass complete to 22-Richard Johnson to WAS 8 for 1 yards. Tackle by 56-Rayford Russell.</t>
   </si>
   <si>
     <t>1:07</t>
   </si>
   <si>
     <t>WAS 8</t>
   </si>
   <si>
     <t>4-27-WAS 8 (1:06) 2-Alberto Bilbo punts 47 yards to ATL 44. 11-David Wilkins to WAS 49 for 7 yards. Tackle by 49-Matthew Smith. ATL 90-Ralph Garcia was injured on the play.</t>
   </si>
   <si>
     <t>#2 Alberto Bilbo - P</t>
   </si>
   <si>
     <t>#11 David Wilkins - WR</t>
   </si>
   <si>
     <t>#24 Jeffrey Oreilly - CB</t>
   </si>
   <si>
-    <t>#99 Jimmy Deleon - MLB</t>
+    <t>#56 Jimmy Deleon - MLB</t>
   </si>
   <si>
     <t>#85 Joseph Chandler - TE</t>
   </si>
   <si>
     <t>0:57</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-WAS 49 (0:58) 47-Frank Upshaw ran to WAS 41 for 8 yards. Tackle by 49-Matthew Smith.</t>
   </si>
   <si>
     <t>0:21</t>
   </si>
   <si>
     <t>WAS 41</t>
   </si>
   <si>
     <t>2-2-WAS 41 (0:20) 34-Clifford Stith ran to WAS 33 for 7 yards. Tackle by 96-Vincent Albertson.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>