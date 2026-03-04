--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>DEN has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>PIT</t>
   </si>
   <si>
     <t>PIT 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-David Thompson kicks 63 yards from PIT 35 to DEN 2. 19-Francis Adams to DEN 35 for 33 yards. Tackle by 7-David Thompson.</t>
   </si>
   <si>
     <t>#19 Francis Adams - WR</t>
   </si>
   <si>
-    <t>#50 Jeffrey Torres - DT</t>
+    <t>#97 Jeffrey Torres - DT</t>
   </si>
   <si>
     <t>#91 Troy Barrios - DT</t>
   </si>
   <si>
     <t>#75 Timothy Rowe - RDE</t>
   </si>
   <si>
     <t>#43 Richard Smith - WLB</t>
   </si>
   <si>
     <t>#24 Zachery Obrien - CB</t>
   </si>
   <si>
     <t>#76 Todd Horne - RDE</t>
   </si>
   <si>
     <t>#44 Roger Leonard - MLB</t>
   </si>
   <si>
     <t>#48 Jason Sampley - SS</t>
   </si>
   <si>
     <t>#21 Marvin Bowman - CB</t>
   </si>
@@ -356,87 +356,87 @@
   <si>
     <t>1-10-DEN 35 (14:55) 49-Kenneth McKay ran to DEN 38 for 4 yards. Tackle by 91-Dewayne Sirois.</t>
   </si>
   <si>
     <t>#12 Joshua Pursel - QB</t>
   </si>
   <si>
     <t>#49 Kenneth McKay - RB</t>
   </si>
   <si>
     <t>#42 Harold Flores - RB</t>
   </si>
   <si>
     <t>#43 Neil Blair - FB</t>
   </si>
   <si>
     <t>#89 Richard Zamora - TE</t>
   </si>
   <si>
     <t>#86 Ryan Odell - TE</t>
   </si>
   <si>
     <t>#68 Enrique Gaither - LT</t>
   </si>
   <si>
-    <t>#63 Steven Schleicher - LG</t>
+    <t>#68 Steven Schleicher - LG</t>
   </si>
   <si>
     <t>#57 Loren Rivera - C</t>
   </si>
   <si>
     <t>#64 Craig Mund - RG</t>
   </si>
   <si>
     <t>#71 Michael Blanch - LT</t>
   </si>
   <si>
     <t>#58 Gary Pope - LDE</t>
   </si>
   <si>
     <t>#99 Charles Iniguez - LDE</t>
   </si>
   <si>
-    <t>#76 John Howard - DT</t>
+    <t>#97 John Howard - DT</t>
   </si>
   <si>
     <t>#55 Charles Carmichael - DT</t>
   </si>
   <si>
     <t>#68 Jerry Pack - RDE</t>
   </si>
   <si>
     <t>#91 Dewayne Sirois - SLB</t>
   </si>
   <si>
     <t>#56 Ralph Navarrete - MLB</t>
   </si>
   <si>
-    <t>#53 James Wildman - WLB</t>
-[...2 lines deleted...]
-    <t>#24 Sean Edmonds - CB</t>
+    <t>#53 James Wildman - SLB</t>
+  </si>
+  <si>
+    <t>#24 Sean Edmonds - FS</t>
   </si>
   <si>
     <t>#39 George Brandenburg - CB</t>
   </si>
   <si>
     <t>#38 Hugo Farley - SS</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>DEN 38</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-6-DEN 38 (14:13) 49-Kenneth McKay ran to DEN 41 for 2 yards. Tackle by 56-Ralph Navarrete.</t>
   </si>
   <si>
     <t>#73 Aubrey Chambers - RDE</t>
   </si>
@@ -515,51 +515,51 @@
   <si>
     <t>11:21</t>
   </si>
   <si>
     <t>PIT 47</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-PIT 47 (11:20) 1-Stuart King punts 37 yards to PIT 9. Fair Catch by 13-Alan Shorter.</t>
   </si>
   <si>
     <t>#1 Stuart King - P</t>
   </si>
   <si>
     <t>#59 Michael Lewis - C</t>
   </si>
   <si>
     <t>#13 Alan Shorter - WR</t>
   </si>
   <si>
-    <t>#69 Reginald Frierson - DT</t>
+    <t>#69 Reginald Frierson - LDE</t>
   </si>
   <si>
     <t>#69 Gerald Green - LT</t>
   </si>
   <si>
     <t>#62 Carlos Martinez - LG</t>
   </si>
   <si>
     <t>#96 Jackson Taylor - MLB</t>
   </si>
   <si>
     <t>#93 Tim Miller - RDE</t>
   </si>
   <si>
     <t>11:13</t>
   </si>
   <si>
     <t>PIT 9</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-PIT 9 (11:14) 35-Thomas Gibson ran to PIT 12 for 3 yards. Tackle by 44-Roger Leonard. PIT 78-Glenn Heim was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -572,93 +572,93 @@
   <si>
     <t>#20 Christopher Ritchey - FB</t>
   </si>
   <si>
     <t>#87 Gregg Hoffman - WR</t>
   </si>
   <si>
     <t>#14 Russell Gargano - WR</t>
   </si>
   <si>
     <t>#18 William Perkins - WR</t>
   </si>
   <si>
     <t>#64 Salvatore Cuellar - LT</t>
   </si>
   <si>
     <t>#78 Glenn Heim - LG</t>
   </si>
   <si>
     <t>#62 Tad Parker - C</t>
   </si>
   <si>
     <t>#72 Edward Toro - RG</t>
   </si>
   <si>
-    <t>#75 Steven Pinder - RT</t>
+    <t>#51 Steven Pinder - LT</t>
   </si>
   <si>
     <t>#72 Josiah Roemer - SLB</t>
   </si>
   <si>
     <t>#97 Mark Gothard - DT</t>
   </si>
   <si>
     <t>#20 Chris Lucas - CB</t>
   </si>
   <si>
     <t>#35 Jack James - CB</t>
   </si>
   <si>
     <t>10:41</t>
   </si>
   <si>
     <t>PIT 12</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>2-7-PIT 12 (10:40) 4-James Castillo pass incomplete, intended for 35-Thomas Gibson.</t>
   </si>
   <si>
     <t>#23 Matthew Campanella - RB</t>
   </si>
   <si>
     <t>#60 Thomas Washington - LG</t>
   </si>
   <si>
     <t>10:38</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-7-PIT 12 (10:39) 4-James Castillo pass INTERCEPTED by 20-Chris Lucas at PIT 19. 20-Chris Lucas to PIT 17 for 2 yards. Tackle by 18-William Perkins. PENALTY - Pass Interference (DEN 20-Chris Lucas)</t>
   </si>
   <si>
-    <t>#78 Adam Servantes - RDE</t>
+    <t>#92 Adam Servantes - RDE</t>
   </si>
   <si>
     <t>#56 Jeffery Patterson - SLB</t>
   </si>
   <si>
     <t>10:34</t>
   </si>
   <si>
     <t>PIT 19</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-PIT 19 (10:35) 4-James Castillo sacked at PIT 12 for -7 yards (72-Josiah Roemer). Sack allowed by 75-Steven Pinder.</t>
   </si>
   <si>
     <t>#81 George Archuleta - TE</t>
   </si>
   <si>
     <t>9:56</t>
   </si>
@@ -671,51 +671,51 @@
   <si>
     <t>9:51</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-17-PIT 12 (9:52) 4-James Castillo pass complete to 87-Gregg Hoffman to PIT 12 for a short loss. Pushed out of bounds by 35-Jack James.</t>
   </si>
   <si>
     <t>9:10</t>
   </si>
   <si>
     <t>4-17-PIT 12 (9:09) 2-Michael Frye punts 43 yards to DEN 45. Fair Catch by 19-Francis Adams.</t>
   </si>
   <si>
     <t>#2 Michael Frye - P</t>
   </si>
   <si>
     <t>#74 Joe Hall - RT</t>
   </si>
   <si>
-    <t>#80 Freddie Beverly - TE</t>
+    <t>#88 Freddie Beverly - TE</t>
   </si>
   <si>
     <t>9:02</t>
   </si>
   <si>
     <t>DEN 45</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-DEN 45 (9:03) 12-Joshua Pursel pass complete to 49-Kenneth McKay to PIT 48 for 7 yards. Tackle by 38-Hugo Farley.</t>
   </si>
   <si>
     <t>8:29</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-3-PIT 48 (8:28) 49-Kenneth McKay ran to PIT 48 for a short loss. Tackle by 58-Gary Pope.</t>
   </si>
@@ -2261,51 +2261,51 @@
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>